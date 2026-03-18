--- v0 (2025-12-03)
+++ v1 (2026-03-18)
@@ -448,51 +448,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:O91"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="13" customWidth="1" min="1" max="1"/>
     <col width="12" customWidth="1" min="2" max="2"/>
     <col width="17" customWidth="1" min="3" max="3"/>
     <col width="15" customWidth="1" min="4" max="4"/>
     <col width="9" customWidth="1" min="5" max="5"/>
     <col width="15" customWidth="1" min="6" max="6"/>
     <col width="33" customWidth="1" min="7" max="7"/>
     <col width="15" customWidth="1" min="8" max="8"/>
     <col width="15" customWidth="1" min="9" max="9"/>
     <col width="41" customWidth="1" min="10" max="10"/>
     <col width="35" customWidth="1" min="11" max="11"/>
     <col width="15" customWidth="1" min="12" max="12"/>
     <col width="12" customWidth="1" min="13" max="13"/>
     <col width="10" customWidth="1" min="14" max="14"/>
-    <col width="643" customWidth="1" min="15" max="15"/>
+    <col width="806" customWidth="1" min="15" max="15"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>employee_id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>first_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>second_name</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>last_name</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
@@ -575,51 +575,51 @@
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Texn.üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I2" t="inlineStr"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>Köməkçi heyət</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M2" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=inFkyK8AAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>2702</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Vüsalə</t>
         </is>
@@ -693,51 +693,51 @@
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H4" t="inlineStr"/>
       <c r="I4" t="inlineStr"/>
       <c r="J4" t="inlineStr">
         <is>
           <t>Humanitar Tədqiqatlar İnstitutu</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M4" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=nxZwPdYAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>2705</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Əlimuxtar</t>
         </is>
@@ -758,51 +758,51 @@
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I5" t="inlineStr"/>
       <c r="J5" t="inlineStr">
         <is>
           <t>AMEA Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>sədr müavini</t>
+          <t>Sədr müavini</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M5" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N5" t="inlineStr"/>
       <c r="O5" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=DqHlbcEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-7117-2163'}]</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>2706</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Sənubər</t>
         </is>
@@ -815,51 +815,51 @@
       <c r="D6" t="inlineStr">
         <is>
           <t>Abdinova</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
       <c r="I6" t="inlineStr"/>
       <c r="J6" t="inlineStr">
         <is>
           <t>Humanitar Tədqiqatlar İnstitutu</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M6" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=1d0l38YAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>2707</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Elmira</t>
         </is>
@@ -872,51 +872,51 @@
       <c r="D7" t="inlineStr">
         <is>
           <t>Şirinova</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G7" t="inlineStr"/>
       <c r="H7" t="inlineStr"/>
       <c r="I7" t="inlineStr"/>
       <c r="J7" t="inlineStr">
         <is>
           <t>Humanitar Tədqiqatlar İnstitutu</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M7" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N7" t="inlineStr"/>
       <c r="O7" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=sqf43AUAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>2708</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Günay</t>
         </is>
@@ -929,51 +929,51 @@
       <c r="D8" t="inlineStr">
         <is>
           <t>Cəfərova</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
       <c r="I8" t="inlineStr"/>
       <c r="J8" t="inlineStr">
         <is>
           <t>Ədəbiyyat şöbəsi</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M8" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N8" t="inlineStr"/>
       <c r="O8" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=-YGS2tEAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>2710</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Xəyalə</t>
         </is>
@@ -1043,51 +1043,51 @@
       <c r="D10" t="inlineStr">
         <is>
           <t>Vəliyeva</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
       <c r="I10" t="inlineStr"/>
       <c r="J10" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M10" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N10" t="inlineStr"/>
       <c r="O10" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=KDhTz5MAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-9844-5469'}]</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>2712</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Səbinə</t>
         </is>
@@ -1100,51 +1100,51 @@
       <c r="D11" t="inlineStr">
         <is>
           <t>Əlizadə</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G11" t="inlineStr"/>
       <c r="H11" t="inlineStr"/>
       <c r="I11" t="inlineStr"/>
       <c r="J11" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M11" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N11" t="inlineStr"/>
       <c r="O11" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=eiCBerIAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>2713</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Elnur</t>
         </is>
@@ -1157,51 +1157,51 @@
       <c r="D12" t="inlineStr">
         <is>
           <t>Həsənov</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
       <c r="I12" t="inlineStr"/>
       <c r="J12" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M12" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N12" t="inlineStr"/>
       <c r="O12" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=MqGRCI0AAAAJ&amp;hl=en'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=57191170939'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2713/13/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>2714</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Çinqiz</t>
         </is>
@@ -1218,51 +1218,51 @@
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>kimyaüzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H13" t="inlineStr"/>
       <c r="I13" t="inlineStr"/>
       <c r="J13" t="inlineStr">
         <is>
           <t>Köməkçi heyət</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>elmi katib</t>
+          <t>Elmi katib</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M13" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N13" t="inlineStr"/>
       <c r="O13" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Z9g391YAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>2716</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -1275,51 +1275,51 @@
       <c r="D14" t="inlineStr">
         <is>
           <t>Kərimova</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
       <c r="I14" t="inlineStr"/>
       <c r="J14" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M14" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N14" t="inlineStr"/>
       <c r="O14" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=z9TUE1sAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-6165-9268'}]</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>2717</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Türkan</t>
         </is>
@@ -1332,51 +1332,51 @@
       <c r="D15" t="inlineStr">
         <is>
           <t>Verdiyeva</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
       <c r="I15" t="inlineStr"/>
       <c r="J15" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M15" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N15" t="inlineStr"/>
       <c r="O15" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=HiWsa2cAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-8207-0464'}]</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>2718</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Aynur</t>
         </is>
@@ -1389,51 +1389,51 @@
       <c r="D16" t="inlineStr">
         <is>
           <t>Mirishli</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
       <c r="I16" t="inlineStr"/>
       <c r="J16" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M16" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N16" t="inlineStr"/>
       <c r="O16" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=fSIpVcIAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>2719</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -1446,51 +1446,51 @@
       <c r="D17" t="inlineStr">
         <is>
           <t>Hacıyeva</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
       <c r="I17" t="inlineStr"/>
       <c r="J17" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M17" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N17" t="inlineStr"/>
       <c r="O17" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=G0_eiekAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>2720</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Vüqar</t>
         </is>
@@ -1503,51 +1503,51 @@
       <c r="D18" t="inlineStr">
         <is>
           <t>Əhmədli</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
       <c r="I18" t="inlineStr"/>
       <c r="J18" t="inlineStr">
         <is>
           <t>Beynəlxalq Əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>aparıcı mütəxəssis</t>
+          <t>Aparıcı mütəxəssis</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M18" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N18" t="inlineStr"/>
       <c r="O18" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=7ScugqIAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-7471-6887'}]</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>2721</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Aynurə</t>
         </is>
@@ -1560,51 +1560,51 @@
       <c r="D19" t="inlineStr">
         <is>
           <t>Əmiraslanova</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
       <c r="I19" t="inlineStr"/>
       <c r="J19" t="inlineStr">
         <is>
           <t>Nizaminin elmi-fəlsəfi görüşləri şöbəsi</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M19" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N19" t="inlineStr"/>
       <c r="O19" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=BlMV6CgAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>2722</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Müşerref</t>
         </is>
@@ -1617,51 +1617,51 @@
       <c r="D20" t="inlineStr">
         <is>
           <t>İbrahimli</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
       <c r="I20" t="inlineStr"/>
       <c r="J20" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M20" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N20" t="inlineStr"/>
       <c r="O20" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=DtMAqCsAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>2723</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Fuad</t>
         </is>
@@ -1678,65 +1678,65 @@
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr">
         <is>
           <t>Akademik</t>
         </is>
       </c>
       <c r="I21" t="inlineStr"/>
       <c r="J21" t="inlineStr">
         <is>
           <t>AMEA Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>sədr</t>
+          <t>Sədr</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M21" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N21" t="inlineStr"/>
       <c r="O21" t="inlineStr">
         <is>
-          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=LZ9F_RUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-4447-7333'}]</t>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=LZ9F_RUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-4447-7333'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2723/13/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>2724</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Sara</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Mirabbas qızı</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Əzizova</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>İşləyir</t>
@@ -1753,51 +1753,51 @@
         </is>
       </c>
       <c r="H22" t="inlineStr"/>
       <c r="I22" t="inlineStr"/>
       <c r="J22" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M22" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N22" t="inlineStr"/>
       <c r="O22" t="inlineStr">
         <is>
-          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=nWCTuWcAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Sara-Azizova-3'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AzizovaSara'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-8410-5325'}]</t>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=nWCTuWcAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Sara-Azizova-3'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AzizovaSara'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-8410-5325'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2724/13/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>2725</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Simuzər</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Xaliq qızı</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>Qafarlı</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>İşləyir</t>
@@ -2205,51 +2205,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
       <c r="I30" s="2" t="n">
         <v>27537</v>
       </c>
       <c r="J30" t="inlineStr">
         <is>
           <t>Elm və təhsil şöbəsi</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>aparıcı mütəxəssis</t>
+          <t>Aparıcı mütəxəssis</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M30" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N30" t="inlineStr"/>
       <c r="O30" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>2735</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Elşən</t>
         </is>
@@ -2264,51 +2264,51 @@
           <t>Hacıyev</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
       <c r="I31" s="2" t="n">
         <v>28644</v>
       </c>
       <c r="J31" t="inlineStr">
         <is>
           <t>Maliyyə və mühasibat şöbəsi</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>aparıcı mütəxəssis</t>
+          <t>Aparıcı mütəxəssis</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M31" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>2736</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Xuraman</t>
         </is>
@@ -2323,51 +2323,51 @@
           <t>Əhmədova</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
       <c r="I32" s="2" t="n">
         <v>29136</v>
       </c>
       <c r="J32" t="inlineStr">
         <is>
           <t>İnsan resursları  şöbəsi</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>aparıcı mütəxəssis</t>
+          <t>Aparıcı mütəxəssis</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M32" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N32" t="inlineStr"/>
       <c r="O32" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>2737</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>İlhamə</t>
         </is>
@@ -2382,51 +2382,51 @@
           <t>Cəfərova</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
       <c r="I33" s="2" t="n">
         <v>24841</v>
       </c>
       <c r="J33" t="inlineStr">
         <is>
           <t>Elektron xidmətlər  şöbəsi</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>aparıcı mütəxəssis</t>
+          <t>Aparıcı mütəxəssis</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M33" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N33" t="inlineStr"/>
       <c r="O33" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>2738</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Əhməd</t>
         </is>
@@ -2441,51 +2441,51 @@
           <t>Aslanov</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
       <c r="I34" s="2" t="n">
         <v>35301</v>
       </c>
       <c r="J34" t="inlineStr">
         <is>
           <t>Elektron xidmətlər  şöbəsi</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>aparıcı mütəxəssis</t>
+          <t>Aparıcı mütəxəssis</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M34" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N34" t="inlineStr"/>
       <c r="O34" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>2739</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Rövşən</t>
         </is>
@@ -2500,51 +2500,51 @@
           <t>Hüseynov</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
       <c r="I35" s="2" t="n">
         <v>22697</v>
       </c>
       <c r="J35" t="inlineStr">
         <is>
           <t>İctimaiyyətlə əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı mütəxəssis </t>
+          <t xml:space="preserve">Aparıcı mütəxəssis </t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M35" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N35" t="inlineStr"/>
       <c r="O35" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>2740</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Yeganə</t>
         </is>
@@ -2559,51 +2559,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
       <c r="I36" s="2" t="n">
         <v>22302</v>
       </c>
       <c r="J36" t="inlineStr">
         <is>
           <t>Maliyyə və mühasibat şöbəsi</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
-          <t>baş mühasib</t>
+          <t>Baş mühasib</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M36" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N36" t="inlineStr"/>
       <c r="O36" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>2741</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Xəqani</t>
         </is>
@@ -2618,51 +2618,51 @@
           <t>Həşimov</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
       <c r="I37" s="2" t="n">
         <v>31667</v>
       </c>
       <c r="J37" t="inlineStr">
         <is>
           <t>Maliyyə və mühasibat şöbəsi</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M37" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N37" t="inlineStr"/>
       <c r="O37" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>2742</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Nailə</t>
         </is>
@@ -2677,51 +2677,51 @@
           <t>Mirzəyeva</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
       <c r="I38" s="2" t="n">
         <v>28185</v>
       </c>
       <c r="J38" t="inlineStr">
         <is>
           <t>Elektron xidmətlər  şöbəsi</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M38" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N38" t="inlineStr"/>
       <c r="O38" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>2743</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Nailə</t>
         </is>
@@ -2736,51 +2736,51 @@
           <t>Hacıyeva</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
       <c r="I39" s="2" t="n">
         <v>25003</v>
       </c>
       <c r="J39" t="inlineStr">
         <is>
           <t>Elektron xidmətlər  şöbəsi</t>
         </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M39" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N39" t="inlineStr"/>
       <c r="O39" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>2744</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Araz</t>
         </is>
@@ -2795,51 +2795,51 @@
           <t>Ələkbərov</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
       <c r="I40" s="2" t="n">
         <v>28734</v>
       </c>
       <c r="J40" t="inlineStr">
         <is>
           <t>Elektron xidmətlər  şöbəsi</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M40" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N40" t="inlineStr"/>
       <c r="O40" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>2745</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Azər</t>
         </is>
@@ -2854,51 +2854,51 @@
           <t>Əsgərov</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
       <c r="I41" s="2" t="n">
         <v>27899</v>
       </c>
       <c r="J41" t="inlineStr">
         <is>
           <t>Elektron xidmətlər  şöbəsi</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M41" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N41" t="inlineStr"/>
       <c r="O41" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>2746</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Vəfa</t>
         </is>
@@ -2913,51 +2913,51 @@
           <t>Nəcəfova</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
       <c r="I42" s="2" t="n">
         <v>29314</v>
       </c>
       <c r="J42" t="inlineStr">
         <is>
           <t>Elmi kitabxana</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>biblioqraf</t>
+          <t>Biblioqraf</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M42" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N42" t="inlineStr"/>
       <c r="O42" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>2747</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Samirə</t>
         </is>
@@ -2972,51 +2972,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
       <c r="I43" s="2" t="n">
         <v>32661</v>
       </c>
       <c r="J43" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M43" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N43" t="inlineStr"/>
       <c r="O43" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>2748</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>İlahə</t>
         </is>
@@ -3031,51 +3031,51 @@
           <t>Zeynalova</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
       <c r="I44" s="2" t="n">
         <v>29632</v>
       </c>
       <c r="J44" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M44" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N44" t="inlineStr"/>
       <c r="O44" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>2749</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Güləndam</t>
         </is>
@@ -3090,51 +3090,51 @@
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
       <c r="I45" s="2" t="n">
         <v>28448</v>
       </c>
       <c r="J45" t="inlineStr">
         <is>
           <t>Humanitar Tədqiqatlar İnstitutu</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L45" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M45" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N45" t="inlineStr"/>
       <c r="O45" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>2750</v>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Mətanət</t>
         </is>
@@ -3149,51 +3149,51 @@
           <t>Vəliyeva</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
       <c r="I46" s="2" t="n">
         <v>30538</v>
       </c>
       <c r="J46" t="inlineStr">
         <is>
           <t>Humanitar Tədqiqatlar İnstitutu</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M46" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N46" t="inlineStr"/>
       <c r="O46" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>2751</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Fatimə</t>
         </is>
@@ -3208,51 +3208,51 @@
           <t>Qurbanova</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
       <c r="I47" s="2" t="n">
         <v>33918</v>
       </c>
       <c r="J47" t="inlineStr">
         <is>
           <t>Humanitar Tədqiqatlar İnstitutu</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M47" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N47" t="inlineStr"/>
       <c r="O47" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>2752</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Nurlana</t>
         </is>
@@ -3267,51 +3267,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
       <c r="I48" s="2" t="n">
         <v>30113</v>
       </c>
       <c r="J48" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M48" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N48" t="inlineStr"/>
       <c r="O48" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>2753</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Röya</t>
         </is>
@@ -3326,51 +3326,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
       <c r="I49" s="2" t="n">
         <v>31440</v>
       </c>
       <c r="J49" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M49" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N49" t="inlineStr"/>
       <c r="O49" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>2754</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Ruziyə</t>
         </is>
@@ -3385,51 +3385,51 @@
           <t>Abdullayeva</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
       <c r="I50" s="2" t="n">
         <v>30838</v>
       </c>
       <c r="J50" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M50" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N50" t="inlineStr"/>
       <c r="O50" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>2755</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Elnur</t>
         </is>
@@ -3444,51 +3444,51 @@
           <t>Məmmədov</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
       <c r="I51" s="2" t="n">
         <v>34346</v>
       </c>
       <c r="J51" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M51" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N51" t="inlineStr"/>
       <c r="O51" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
         <v>2756</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Könül</t>
         </is>
@@ -3503,51 +3503,51 @@
           <t>İsayeva</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G52" t="inlineStr"/>
       <c r="H52" t="inlineStr"/>
       <c r="I52" s="2" t="n">
         <v>28734</v>
       </c>
       <c r="J52" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M52" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N52" t="inlineStr"/>
       <c r="O52" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
         <v>2758</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Şəkər</t>
         </is>
@@ -3562,51 +3562,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
       <c r="I53" s="2" t="n">
         <v>28723</v>
       </c>
       <c r="J53" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M53" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N53" t="inlineStr"/>
       <c r="O53" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
         <v>2759</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Məhsəti</t>
         </is>
@@ -3621,51 +3621,51 @@
           <t>Eminbəyli</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
       <c r="I54" s="2" t="n">
         <v>30524</v>
       </c>
       <c r="J54" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M54" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N54" t="inlineStr"/>
       <c r="O54" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="n">
         <v>2760</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Ülviyyə</t>
         </is>
@@ -3680,51 +3680,51 @@
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
       <c r="I55" s="2" t="n">
         <v>30272</v>
       </c>
       <c r="J55" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M55" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N55" t="inlineStr"/>
       <c r="O55" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-4865-1777'}]</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="n">
         <v>2761</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Nuriyə</t>
         </is>
@@ -3739,51 +3739,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
       <c r="I56" s="2" t="n">
         <v>32244</v>
       </c>
       <c r="J56" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M56" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N56" t="inlineStr"/>
       <c r="O56" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
         <v>2762</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Aynurə</t>
         </is>
@@ -3798,51 +3798,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
       <c r="I57" s="2" t="n">
         <v>30158</v>
       </c>
       <c r="J57" t="inlineStr">
         <is>
           <t>Humanitar Tədqiqatlar İnstitutu</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M57" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N57" t="inlineStr"/>
       <c r="O57" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
         <v>2763</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Fatma</t>
         </is>
@@ -3857,51 +3857,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
       <c r="I58" s="2" t="n">
         <v>30144</v>
       </c>
       <c r="J58" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M58" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N58" t="inlineStr"/>
       <c r="O58" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
         <v>2764</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Tahir</t>
         </is>
@@ -3916,51 +3916,51 @@
           <t>Ağayev</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
       <c r="I59" s="2" t="n">
         <v>28623</v>
       </c>
       <c r="J59" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M59" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N59" t="inlineStr"/>
       <c r="O59" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
         <v>2765</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Sevda</t>
         </is>
@@ -3975,51 +3975,51 @@
           <t>Novruzova</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
       <c r="I60" s="2" t="n">
         <v>24215</v>
       </c>
       <c r="J60" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M60" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N60" t="inlineStr"/>
       <c r="O60" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
         <v>2766</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -4034,51 +4034,51 @@
           <t>İsayeva</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
       <c r="I61" s="2" t="n">
         <v>35870</v>
       </c>
       <c r="J61" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M61" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N61" t="inlineStr"/>
       <c r="O61" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="n">
         <v>2767</v>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Samir</t>
         </is>
@@ -4093,51 +4093,51 @@
           <t>Atakişiyev</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
       <c r="I62" s="2" t="n">
         <v>28982</v>
       </c>
       <c r="J62" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M62" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N62" t="inlineStr"/>
       <c r="O62" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="n">
         <v>2768</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Mehriban</t>
         </is>
@@ -4152,51 +4152,51 @@
           <t>Səmədova</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
       <c r="I63" s="2" t="n">
         <v>27424</v>
       </c>
       <c r="J63" t="inlineStr">
         <is>
           <t>Köməkçi heyət</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M63" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N63" t="inlineStr"/>
       <c r="O63" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="n">
         <v>2769</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -4211,51 +4211,51 @@
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
       <c r="I64" s="2" t="n">
         <v>31082</v>
       </c>
       <c r="J64" t="inlineStr">
         <is>
           <t>İctimaiyyətlə əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L64" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M64" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N64" t="inlineStr"/>
       <c r="O64" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="n">
         <v>2770</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -4270,51 +4270,51 @@
           <t>Cəfərova</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
       <c r="I65" s="2" t="n">
         <v>29873</v>
       </c>
       <c r="J65" t="inlineStr">
         <is>
           <t>İnsan resursları  şöbəsi</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M65" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N65" t="inlineStr"/>
       <c r="O65" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="n">
         <v>2771</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Şəlalə</t>
         </is>
@@ -4329,51 +4329,51 @@
           <t>Vəliyeva</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
       <c r="I66" s="2" t="n">
         <v>25486</v>
       </c>
       <c r="J66" t="inlineStr">
         <is>
           <t>Elektron xidmətlər  şöbəsi</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L66" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M66" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N66" t="inlineStr"/>
       <c r="O66" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="n">
         <v>2772</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Vüsal</t>
         </is>
@@ -4388,51 +4388,51 @@
           <t>Eminbəyli</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
       <c r="I67" s="2" t="n">
         <v>33475</v>
       </c>
       <c r="J67" t="inlineStr">
         <is>
           <t>Mülki Müdafiə qərargahı</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
-          <t>rəis</t>
+          <t>Rəis</t>
         </is>
       </c>
       <c r="L67" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M67" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N67" t="inlineStr"/>
       <c r="O67" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="n">
         <v>2773</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Akif</t>
         </is>
@@ -4738,51 +4738,51 @@
       <c r="D73" t="inlineStr">
         <is>
           <t>Əsədzadə</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
       <c r="I73" t="inlineStr"/>
       <c r="J73" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L73" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M73" s="2" t="n">
         <v>45778</v>
       </c>
       <c r="N73" t="inlineStr"/>
       <c r="O73" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=zGL6PGIAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
         <v>3162</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Nərgiz</t>
         </is>
@@ -4852,51 +4852,51 @@
       <c r="D75" t="inlineStr">
         <is>
           <t>Əhmədova</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
       <c r="I75" t="inlineStr"/>
       <c r="J75" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L75" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M75" s="2" t="n">
         <v>45778</v>
       </c>
       <c r="N75" t="inlineStr"/>
       <c r="O75" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=WKe3q40AAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="n">
         <v>3165</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>İlhamə</t>
         </is>
@@ -4909,51 +4909,51 @@
       <c r="D76" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
       <c r="I76" t="inlineStr"/>
       <c r="J76" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M76" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N76" t="inlineStr"/>
       <c r="O76" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
         <v>3166</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Faiq</t>
         </is>
@@ -4966,51 +4966,51 @@
       <c r="D77" t="inlineStr">
         <is>
           <t>Bağırov</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
       <c r="I77" t="inlineStr"/>
       <c r="J77" t="inlineStr">
         <is>
           <t>İnsan resursları  şöbəsi</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L77" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M77" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N77" t="inlineStr"/>
       <c r="O77" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
         <v>3167</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Hicran</t>
         </is>
@@ -5023,51 +5023,51 @@
       <c r="D78" t="inlineStr">
         <is>
           <t>Zamanova</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
       <c r="I78" t="inlineStr"/>
       <c r="J78" t="inlineStr">
         <is>
           <t>Elmi kitabxana</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L78" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M78" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N78" t="inlineStr"/>
       <c r="O78" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
         <v>3168</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -5080,51 +5080,51 @@
       <c r="D79" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
       <c r="I79" t="inlineStr"/>
       <c r="J79" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L79" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M79" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N79" t="inlineStr"/>
       <c r="O79" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="n">
         <v>3169</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Aləmzər</t>
         </is>
@@ -5137,51 +5137,51 @@
       <c r="D80" t="inlineStr">
         <is>
           <t>Tağıyeva</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
       <c r="I80" t="inlineStr"/>
       <c r="J80" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L80" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M80" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N80" t="inlineStr"/>
       <c r="O80" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
         <v>3170</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -5194,51 +5194,51 @@
       <c r="D81" t="inlineStr">
         <is>
           <t>Tarverdiyeva</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
       <c r="I81" t="inlineStr"/>
       <c r="J81" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L81" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M81" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N81" t="inlineStr"/>
       <c r="O81" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="n">
         <v>3171</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Tükəzban</t>
         </is>
@@ -5251,51 +5251,51 @@
       <c r="D82" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
       <c r="I82" t="inlineStr"/>
       <c r="J82" t="inlineStr">
         <is>
           <t>Nizami Gəncəvi Mərkəzi</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L82" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M82" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N82" t="inlineStr"/>
       <c r="O82" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="n">
         <v>3172</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -5308,51 +5308,51 @@
       <c r="D83" t="inlineStr">
         <is>
           <t>Piriyeva</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
       <c r="I83" t="inlineStr"/>
       <c r="J83" t="inlineStr">
         <is>
           <t>Humanitar Tədqiqatlar İnstitutu</t>
         </is>
       </c>
       <c r="K83" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L83" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M83" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N83" t="inlineStr"/>
       <c r="O83" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="n">
         <v>3173</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Afaq</t>
         </is>
@@ -5365,51 +5365,51 @@
       <c r="D84" t="inlineStr">
         <is>
           <t>Cəfərova</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
       <c r="I84" t="inlineStr"/>
       <c r="J84" t="inlineStr">
         <is>
           <t>Humanitar Tədqiqatlar İnstitutu</t>
         </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L84" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M84" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N84" t="inlineStr"/>
       <c r="O84" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="n">
         <v>3174</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Namlet</t>
         </is>
@@ -5422,51 +5422,51 @@
       <c r="D85" t="inlineStr">
         <is>
           <t>Allahverdiyev</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
       <c r="I85" t="inlineStr"/>
       <c r="J85" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L85" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M85" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N85" t="inlineStr"/>
       <c r="O85" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="n">
         <v>3175</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Yasin</t>
         </is>
@@ -5479,51 +5479,51 @@
       <c r="D86" t="inlineStr">
         <is>
           <t>Alməmmədov</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
       <c r="I86" t="inlineStr"/>
       <c r="J86" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L86" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M86" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N86" t="inlineStr"/>
       <c r="O86" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="n">
         <v>3176</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Nuranə</t>
         </is>
@@ -5536,51 +5536,51 @@
       <c r="D87" t="inlineStr">
         <is>
           <t>Qənbərova</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
       <c r="I87" t="inlineStr"/>
       <c r="J87" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K87" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L87" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M87" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N87" t="inlineStr"/>
       <c r="O87" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="n">
         <v>3177</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Nüşabə</t>
         </is>
@@ -5593,51 +5593,51 @@
       <c r="D88" t="inlineStr">
         <is>
           <t>Abbasova</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
       <c r="I88" t="inlineStr"/>
       <c r="J88" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K88" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L88" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M88" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N88" t="inlineStr"/>
       <c r="O88" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="n">
         <v>3178</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Xəyalə</t>
         </is>
@@ -5650,51 +5650,51 @@
       <c r="D89" t="inlineStr">
         <is>
           <t>Hacıyeva</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
       <c r="I89" t="inlineStr"/>
       <c r="J89" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K89" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L89" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M89" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N89" t="inlineStr"/>
       <c r="O89" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="n">
         <v>3179</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Günay</t>
         </is>
@@ -5707,51 +5707,51 @@
       <c r="D90" t="inlineStr">
         <is>
           <t>Talıbova</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
       <c r="I90" t="inlineStr"/>
       <c r="J90" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K90" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L90" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M90" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N90" t="inlineStr"/>
       <c r="O90" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="n">
         <v>3180</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -5764,51 +5764,51 @@
       <c r="D91" t="inlineStr">
         <is>
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
       <c r="I91" t="inlineStr"/>
       <c r="J91" t="inlineStr">
         <is>
           <t>Diyarşünaslıq İnstitutu</t>
         </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L91" t="inlineStr">
         <is>
           <t>Gəncə Bölməsi</t>
         </is>
       </c>
       <c r="M91" s="2" t="n">
         <v>45838</v>
       </c>
       <c r="N91" t="inlineStr"/>
       <c r="O91" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>