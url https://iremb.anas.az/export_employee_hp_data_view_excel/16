--- v0 (2025-12-03)
+++ v1 (2026-03-13)
@@ -559,67 +559,67 @@
           <t>Hüseyn</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Cəlil oğlu</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Hüseynov</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>texnika üzrə fəlsəfə doktoru</t>
+          <t>texnika elmləri doktoru</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I2" t="inlineStr"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>direktor</t>
+          <t>Direktor</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M2" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=7aPRRxIAAAAJ&amp;hl=en'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=57209825299'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2703-701X'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2885/16/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>2886</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Oruc</t>
         </is>
@@ -636,51 +636,51 @@
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H3" t="inlineStr"/>
       <c r="I3" t="inlineStr"/>
       <c r="J3" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>direktor müavini</t>
+          <t>Direktor müavini</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M3" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N3" t="inlineStr"/>
       <c r="O3" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Y2IE3DcAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>2887</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Şəhla</t>
         </is>
@@ -701,51 +701,51 @@
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>associate</t>
         </is>
       </c>
       <c r="I4" t="inlineStr"/>
       <c r="J4" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>direktor müavini</t>
+          <t>Direktor müavini</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M4" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=S48GNdoAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>2888</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Züriyə</t>
         </is>
@@ -762,51 +762,51 @@
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H5" t="inlineStr"/>
       <c r="I5" t="inlineStr"/>
       <c r="J5" t="inlineStr">
         <is>
           <t>Beynəlxalq əlaqələr</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M5" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N5" t="inlineStr"/>
       <c r="O5" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=f4SaDucAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-5684-1138'}]</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>2889</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Şəlalə</t>
         </is>
@@ -823,51 +823,51 @@
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H6" t="inlineStr"/>
       <c r="I6" t="inlineStr"/>
       <c r="J6" t="inlineStr">
         <is>
           <t>Nadir kitablar və qiymətli nəşrlər fondu</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M6" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=bglU5YMAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-1540-3112'}]</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>2890</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Şəfəq</t>
         </is>
@@ -884,51 +884,51 @@
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H7" t="inlineStr"/>
       <c r="I7" t="inlineStr"/>
       <c r="J7" t="inlineStr">
         <is>
           <t>İnnovativ layihələr və metodiki təminat</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M7" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N7" t="inlineStr"/>
       <c r="O7" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=v1SHiTwAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-3633-0143'}]</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>2891</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Rövşən</t>
         </is>
@@ -941,51 +941,51 @@
       <c r="D8" t="inlineStr">
         <is>
           <t>Məmmədli</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G8" t="inlineStr"/>
       <c r="H8" t="inlineStr"/>
       <c r="I8" t="inlineStr"/>
       <c r="J8" t="inlineStr">
         <is>
           <t>Elektron resurslar</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M8" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N8" t="inlineStr"/>
       <c r="O8" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=I__3yvAAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9431-8084'}]</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>2892</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -1061,51 +1061,51 @@
           <t>Nağıyeva</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
       <c r="I10" s="2" t="n">
         <v>31030</v>
       </c>
       <c r="J10" t="inlineStr">
         <is>
           <t>Avtomatlaşdırılrma və proqram təminatı şöbəsi</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M10" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N10" t="inlineStr"/>
       <c r="O10" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>2912</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Əsmər</t>
         </is>
@@ -1120,51 +1120,51 @@
           <t>Salalı</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G11" t="inlineStr"/>
       <c r="H11" t="inlineStr"/>
       <c r="I11" s="2" t="n">
         <v>34258</v>
       </c>
       <c r="J11" t="inlineStr">
         <is>
           <t>Avtomatlaşdırılrma və proqram təminatı şöbəsi</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M11" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N11" t="inlineStr"/>
       <c r="O11" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>2913</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Sevil</t>
         </is>
@@ -1179,51 +1179,51 @@
           <t>Qəniyeva</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
       <c r="I12" s="2" t="n">
         <v>33316</v>
       </c>
       <c r="J12" t="inlineStr">
         <is>
           <t>Avtomatlaşdırılrma və proqram təminatı şöbəsi</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M12" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N12" t="inlineStr"/>
       <c r="O12" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>2914</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Aygün</t>
         </is>
@@ -1238,51 +1238,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
       <c r="I13" s="2" t="n">
         <v>25074</v>
       </c>
       <c r="J13" t="inlineStr">
         <is>
           <t>Avtomatlaşdırılrma və proqram təminatı şöbəsi</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M13" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N13" t="inlineStr"/>
       <c r="O13" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>2915</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Leylibəyim</t>
         </is>
@@ -1297,51 +1297,51 @@
           <t>Mirseyidli</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G14" t="inlineStr"/>
       <c r="H14" t="inlineStr"/>
       <c r="I14" s="2" t="n">
         <v>34837</v>
       </c>
       <c r="J14" t="inlineStr">
         <is>
           <t>Avtomatlaşdırılrma və proqram təminatı şöbəsi</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M14" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N14" t="inlineStr"/>
       <c r="O14" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>2916</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Arzu</t>
         </is>
@@ -1356,51 +1356,51 @@
           <t>Əhmədova</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G15" t="inlineStr"/>
       <c r="H15" t="inlineStr"/>
       <c r="I15" s="2" t="n">
         <v>30715</v>
       </c>
       <c r="J15" t="inlineStr">
         <is>
           <t>Avtomatlaşdırılrma və proqram təminatı şöbəsi</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M15" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N15" t="inlineStr"/>
       <c r="O15" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>2917</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Zümrüd</t>
         </is>
@@ -1415,51 +1415,51 @@
           <t>Nəcəfova</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
       <c r="I16" s="2" t="n">
         <v>33709</v>
       </c>
       <c r="J16" t="inlineStr">
         <is>
           <t>Avtomatlaşdırılrma və proqram təminatı şöbəsi</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M16" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N16" t="inlineStr"/>
       <c r="O16" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>2918</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Şənlik</t>
         </is>
@@ -1474,51 +1474,51 @@
           <t>Kərimli</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G17" t="inlineStr"/>
       <c r="H17" t="inlineStr"/>
       <c r="I17" s="2" t="n">
         <v>35463</v>
       </c>
       <c r="J17" t="inlineStr">
         <is>
           <t>Avtomatlaşdırılrma və proqram təminatı şöbəsi</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M17" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N17" t="inlineStr"/>
       <c r="O17" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>2919</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Nilufər</t>
         </is>
@@ -1533,51 +1533,51 @@
           <t>Yolçuyeva</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
       <c r="I18" s="2" t="n">
         <v>32794</v>
       </c>
       <c r="J18" t="inlineStr">
         <is>
           <t>Avtomatlaşdırılrma və proqram təminatı şöbəsi</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>elektron kitabxanaçı və proqramçı</t>
+          <t>Elektron kitabxanaçı və proqramçı</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M18" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N18" t="inlineStr"/>
       <c r="O18" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>2920</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Natavan</t>
         </is>
@@ -1651,51 +1651,51 @@
           <t>Ənsərli</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G20" t="inlineStr"/>
       <c r="H20" t="inlineStr"/>
       <c r="I20" s="2" t="n">
         <v>23612</v>
       </c>
       <c r="J20" t="inlineStr">
         <is>
           <t>Azərbaycan dilində ədəbiyyat və mübadilə</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M20" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N20" t="inlineStr"/>
       <c r="O20" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>2922</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Fatma</t>
         </is>
@@ -1710,51 +1710,51 @@
           <t>Salaylı</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
       <c r="I21" s="2" t="n">
         <v>29211</v>
       </c>
       <c r="J21" t="inlineStr">
         <is>
           <t>Azərbaycan dilində ədəbiyyat və mübadilə</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M21" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N21" t="inlineStr"/>
       <c r="O21" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>2923</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Nüşabə</t>
         </is>
@@ -1769,51 +1769,51 @@
           <t>Yolçuyeva</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G22" t="inlineStr"/>
       <c r="H22" t="inlineStr"/>
       <c r="I22" s="2" t="n">
         <v>23470</v>
       </c>
       <c r="J22" t="inlineStr">
         <is>
           <t>Azərbaycan dilində ədəbiyyat və mübadilə</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M22" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N22" t="inlineStr"/>
       <c r="O22" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>2924</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Rüsxarə</t>
         </is>
@@ -1828,51 +1828,51 @@
           <t>Bayramova</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G23" t="inlineStr"/>
       <c r="H23" t="inlineStr"/>
       <c r="I23" s="2" t="n">
         <v>26180</v>
       </c>
       <c r="J23" t="inlineStr">
         <is>
           <t>Azərbaycan dilində ədəbiyyat və mübadilə</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M23" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N23" t="inlineStr"/>
       <c r="O23" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>2925</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
@@ -1887,51 +1887,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G24" t="inlineStr"/>
       <c r="H24" t="inlineStr"/>
       <c r="I24" s="2" t="n">
         <v>30284</v>
       </c>
       <c r="J24" t="inlineStr">
         <is>
           <t>Azərbaycan dilində ədəbiyyat və mübadilə</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M24" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N24" t="inlineStr"/>
       <c r="O24" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>2926</v>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Əsmər</t>
         </is>
@@ -1946,51 +1946,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G25" t="inlineStr"/>
       <c r="H25" t="inlineStr"/>
       <c r="I25" s="2" t="n">
         <v>33645</v>
       </c>
       <c r="J25" t="inlineStr">
         <is>
           <t>Azərbaycan dilində ədəbiyyat və mübadilə</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M25" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N25" t="inlineStr"/>
       <c r="O25" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>2927</v>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Nazilə</t>
         </is>
@@ -2005,51 +2005,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G26" t="inlineStr"/>
       <c r="H26" t="inlineStr"/>
       <c r="I26" s="2" t="n">
         <v>22908</v>
       </c>
       <c r="J26" t="inlineStr">
         <is>
           <t>Azərbaycan dilində ədəbiyyat və mübadilə</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
-          <t>fond müdiri</t>
+          <t>Fond müdiri</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M26" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N26" t="inlineStr"/>
       <c r="O26" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>2928</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Fidan</t>
         </is>
@@ -2064,51 +2064,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
       <c r="I27" s="2" t="n">
         <v>36423</v>
       </c>
       <c r="J27" t="inlineStr">
         <is>
           <t>Azərbaycan dilində ədəbiyyat və mübadilə</t>
         </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M27" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N27" t="inlineStr"/>
       <c r="O27" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>2929</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Allahverən</t>
         </is>
@@ -2123,51 +2123,51 @@
           <t>Allahverdiyev</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
       <c r="I28" s="2" t="n">
         <v>19292</v>
       </c>
       <c r="J28" t="inlineStr">
         <is>
           <t>Azərbaycan dilində ədəbiyyat və mübadilə</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M28" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N28" t="inlineStr"/>
       <c r="O28" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>2930</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -2182,51 +2182,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
       <c r="I29" s="2" t="n">
         <v>31113</v>
       </c>
       <c r="J29" t="inlineStr">
         <is>
           <t>Azərbaycanşünaslıq şöbəsi</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M29" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N29" t="inlineStr"/>
       <c r="O29" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>2931</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Emin</t>
         </is>
@@ -2241,51 +2241,51 @@
           <t>Məmmədov</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
       <c r="I30" s="2" t="n">
         <v>31485</v>
       </c>
       <c r="J30" t="inlineStr">
         <is>
           <t>Azərbaycanşünaslıq şöbəsi</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M30" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N30" t="inlineStr"/>
       <c r="O30" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>2932</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Sevda</t>
         </is>
@@ -2300,51 +2300,51 @@
           <t>Vəliyeva</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
       <c r="I31" s="2" t="n">
         <v>30816</v>
       </c>
       <c r="J31" t="inlineStr">
         <is>
           <t>Azərbaycanşünaslıq şöbəsi</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M31" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>2933</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Anar</t>
         </is>
@@ -2359,51 +2359,51 @@
           <t>Əliyev</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G32" t="inlineStr"/>
       <c r="H32" t="inlineStr"/>
       <c r="I32" s="2" t="n">
         <v>30968</v>
       </c>
       <c r="J32" t="inlineStr">
         <is>
           <t>Azərbaycanşünaslıq şöbəsi</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M32" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N32" t="inlineStr"/>
       <c r="O32" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>2934</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Şəlalə</t>
         </is>
@@ -2418,51 +2418,51 @@
           <t>Qədimova</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G33" t="inlineStr"/>
       <c r="H33" t="inlineStr"/>
       <c r="I33" s="2" t="n">
         <v>26507</v>
       </c>
       <c r="J33" t="inlineStr">
         <is>
           <t>Azərbaycanşünaslıq şöbəsi</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M33" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N33" t="inlineStr"/>
       <c r="O33" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>2935</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Surə</t>
         </is>
@@ -2477,51 +2477,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
       <c r="I34" s="2" t="n">
         <v>33975</v>
       </c>
       <c r="J34" t="inlineStr">
         <is>
           <t>Azərbaycanşünaslıq şöbəsi</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M34" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N34" t="inlineStr"/>
       <c r="O34" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>2936</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -2536,51 +2536,51 @@
           <t>Xudiyeva</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
       <c r="I35" s="2" t="n">
         <v>31370</v>
       </c>
       <c r="J35" t="inlineStr">
         <is>
           <t>Azərbaycanşünaslıq şöbəsi</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M35" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N35" t="inlineStr"/>
       <c r="O35" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>2937</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Aynur</t>
         </is>
@@ -2595,51 +2595,51 @@
           <t>Yusifzadə</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
       <c r="I36" s="2" t="n">
         <v>35971</v>
       </c>
       <c r="J36" t="inlineStr">
         <is>
           <t>Azərbaycanşünaslıq şöbəsi</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M36" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N36" t="inlineStr"/>
       <c r="O36" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>2938</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Nərmin</t>
         </is>
@@ -2654,51 +2654,51 @@
           <t>Əliyeva-Həbibzadə</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
       <c r="I37" s="2" t="n">
         <v>33337</v>
       </c>
       <c r="J37" t="inlineStr">
         <is>
           <t>Azərbaycanşünaslıq şöbəsi</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M37" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N37" t="inlineStr"/>
       <c r="O37" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>2939</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Günay</t>
         </is>
@@ -2713,51 +2713,51 @@
           <t>Sadıqova</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
       <c r="I38" s="2" t="n">
         <v>36191</v>
       </c>
       <c r="J38" t="inlineStr">
         <is>
           <t>Azərbaycanşünaslıq şöbəsi</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M38" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N38" t="inlineStr"/>
       <c r="O38" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>2940</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Aygün</t>
         </is>
@@ -2831,51 +2831,51 @@
           <t>Ağayeva</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
       <c r="I40" s="2" t="n">
         <v>26337</v>
       </c>
       <c r="J40" t="inlineStr">
         <is>
           <t>Azərbaycanşünaslıq və Milli Rəqəmsal Yaddaş şöbəsi</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M40" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N40" t="inlineStr"/>
       <c r="O40" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>2942</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Cavid</t>
         </is>
@@ -2890,51 +2890,51 @@
           <t>Məmmədli</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
       <c r="I41" s="2" t="n">
         <v>34059</v>
       </c>
       <c r="J41" t="inlineStr">
         <is>
           <t>Beynəlxalq əlaqələr</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M41" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N41" t="inlineStr"/>
       <c r="O41" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>2943</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Mübariz</t>
         </is>
@@ -3008,51 +3008,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
       <c r="I43" s="2" t="n">
         <v>30862</v>
       </c>
       <c r="J43" t="inlineStr">
         <is>
           <t>Biblioqrafik və elektron xidmətlər şöbəsi</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>baş biblioqraf</t>
+          <t>Baş biblioqraf</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M43" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N43" t="inlineStr"/>
       <c r="O43" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>2945</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Səadət</t>
         </is>
@@ -3067,51 +3067,51 @@
           <t>Hacıyeva</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
       <c r="I44" s="2" t="n">
         <v>27556</v>
       </c>
       <c r="J44" t="inlineStr">
         <is>
           <t>Biblioqrafik və elektron xidmətlər şöbəsi</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
-          <t>baş biblioqraf</t>
+          <t>Baş biblioqraf</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M44" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N44" t="inlineStr"/>
       <c r="O44" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>2946</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Aygün</t>
         </is>
@@ -3126,51 +3126,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
       <c r="I45" s="2" t="n">
         <v>29078</v>
       </c>
       <c r="J45" t="inlineStr">
         <is>
           <t>Biblioqrafik və elektron xidmətlər şöbəsi</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
-          <t>baş biblioqraf</t>
+          <t>Baş biblioqraf</t>
         </is>
       </c>
       <c r="L45" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M45" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N45" t="inlineStr"/>
       <c r="O45" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>2947</v>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Könül</t>
         </is>
@@ -3185,51 +3185,51 @@
           <t>Məmmədəlili</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
       <c r="I46" s="2" t="n">
         <v>34558</v>
       </c>
       <c r="J46" t="inlineStr">
         <is>
           <t>Biblioqrafik və elektron xidmətlər şöbəsi</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>biblioqraf</t>
+          <t>Biblioqraf</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M46" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N46" t="inlineStr"/>
       <c r="O46" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>2948</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Təranə</t>
         </is>
@@ -3244,51 +3244,51 @@
           <t>Rüstəmova</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
       <c r="I47" s="2" t="n">
         <v>29654</v>
       </c>
       <c r="J47" t="inlineStr">
         <is>
           <t>Biblioqrafiya</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>baş biblioqraf</t>
+          <t>Baş biblioqraf</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M47" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N47" t="inlineStr"/>
       <c r="O47" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>2949</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Afət</t>
         </is>
@@ -3303,51 +3303,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
       <c r="I48" s="2" t="n">
         <v>28934</v>
       </c>
       <c r="J48" t="inlineStr">
         <is>
           <t>Biblioqrafiya</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>baş biblioqraf</t>
+          <t>Baş biblioqraf</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M48" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N48" t="inlineStr"/>
       <c r="O48" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>2950</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Rəna</t>
         </is>
@@ -3362,51 +3362,51 @@
           <t>Cavadova</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
       <c r="I49" s="2" t="n">
         <v>31007</v>
       </c>
       <c r="J49" t="inlineStr">
         <is>
           <t>Biblioqrafiya</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>baş biblioqraf</t>
+          <t>Baş biblioqraf</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M49" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N49" t="inlineStr"/>
       <c r="O49" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>2951</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Mahnur</t>
         </is>
@@ -3421,51 +3421,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
       <c r="I50" s="2" t="n">
         <v>33551</v>
       </c>
       <c r="J50" t="inlineStr">
         <is>
           <t>Biblioqrafiya</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>baş biblioqraf</t>
+          <t>Baş biblioqraf</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M50" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N50" t="inlineStr"/>
       <c r="O50" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>2952</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Türkan</t>
         </is>
@@ -3480,51 +3480,51 @@
           <t>Vahidova</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
       <c r="I51" s="2" t="n">
         <v>35299</v>
       </c>
       <c r="J51" t="inlineStr">
         <is>
           <t>Biblioqrafiya</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
-          <t>baş biblioqraf</t>
+          <t>Baş biblioqraf</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M51" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N51" t="inlineStr"/>
       <c r="O51" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
         <v>2953</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Nərgiz</t>
         </is>
@@ -3598,51 +3598,51 @@
           <t>Kərimova</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
       <c r="I53" s="2" t="n">
         <v>31153</v>
       </c>
       <c r="J53" t="inlineStr">
         <is>
           <t>Elektron resurslar şöbəsi</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M53" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N53" t="inlineStr"/>
       <c r="O53" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
         <v>2955</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Günay</t>
         </is>
@@ -3657,51 +3657,51 @@
           <t>Nəciyeva</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
       <c r="I54" s="2" t="n">
         <v>32815</v>
       </c>
       <c r="J54" t="inlineStr">
         <is>
           <t>Elektron resurslar şöbəsi</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M54" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N54" t="inlineStr"/>
       <c r="O54" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="n">
         <v>2956</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Qaraqız</t>
         </is>
@@ -3716,51 +3716,51 @@
           <t>Vəlizadə</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
       <c r="I55" s="2" t="n">
         <v>34285</v>
       </c>
       <c r="J55" t="inlineStr">
         <is>
           <t>Elektron resurslar şöbəsi</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M55" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N55" t="inlineStr"/>
       <c r="O55" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="n">
         <v>2957</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Səidə</t>
         </is>
@@ -3775,51 +3775,51 @@
           <t>Əsgərova</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
       <c r="I56" s="2" t="n">
         <v>33046</v>
       </c>
       <c r="J56" t="inlineStr">
         <is>
           <t>Elektron resurslar şöbəsi</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M56" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N56" t="inlineStr"/>
       <c r="O56" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
         <v>2958</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Gülarə</t>
         </is>
@@ -3834,51 +3834,51 @@
           <t>Səbzəliyeva</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
       <c r="I57" s="2" t="n">
         <v>33862</v>
       </c>
       <c r="J57" t="inlineStr">
         <is>
           <t>Elektron resurslar şöbəsi</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M57" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N57" t="inlineStr"/>
       <c r="O57" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
         <v>2959</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Rəcəb</t>
         </is>
@@ -3893,51 +3893,51 @@
           <t>Həsənbəyov</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
       <c r="I58" s="2" t="n">
         <v>34441</v>
       </c>
       <c r="J58" t="inlineStr">
         <is>
           <t>Elektron resurslar şöbəsi</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M58" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N58" t="inlineStr"/>
       <c r="O58" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
         <v>2960</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Xəyalə</t>
         </is>
@@ -3952,51 +3952,51 @@
           <t>Məmmədli</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
       <c r="I59" s="2" t="n">
         <v>31104</v>
       </c>
       <c r="J59" t="inlineStr">
         <is>
           <t>Elektron resurslar şöbəsi</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M59" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N59" t="inlineStr"/>
       <c r="O59" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
         <v>2961</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -4011,51 +4011,51 @@
           <t>Bağırova</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
       <c r="I60" s="2" t="n">
         <v>33323</v>
       </c>
       <c r="J60" t="inlineStr">
         <is>
           <t>Elektron resurslar şöbəsi</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M60" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N60" t="inlineStr"/>
       <c r="O60" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
         <v>2962</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Nuray</t>
         </is>
@@ -4070,51 +4070,51 @@
           <t>Tanırverdiyeva</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
       <c r="I61" s="2" t="n">
         <v>34953</v>
       </c>
       <c r="J61" t="inlineStr">
         <is>
           <t>Elektron resurslar şöbəsi</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M61" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N61" t="inlineStr"/>
       <c r="O61" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="n">
         <v>2963</v>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -4129,51 +4129,51 @@
           <t>Əliyev</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
       <c r="I62" s="2" t="n">
         <v>31505</v>
       </c>
       <c r="J62" t="inlineStr">
         <is>
           <t>Elektron resurslar şöbəsi</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M62" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N62" t="inlineStr"/>
       <c r="O62" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="n">
         <v>2964</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Gülnar</t>
         </is>
@@ -4188,51 +4188,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
       <c r="I63" s="2" t="n">
         <v>36827</v>
       </c>
       <c r="J63" t="inlineStr">
         <is>
           <t>Elektron resurslar şöbəsi</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M63" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N63" t="inlineStr"/>
       <c r="O63" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="n">
         <v>2965</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Reyhan</t>
         </is>
@@ -4302,51 +4302,51 @@
           <t>İsrafilova</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
       <c r="I65" s="2" t="n">
         <v>33374</v>
       </c>
       <c r="J65" t="inlineStr">
         <is>
           <t>Elektron xidmətlər</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M65" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N65" t="inlineStr"/>
       <c r="O65" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="n">
         <v>2967</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Rüfət</t>
         </is>
@@ -4361,51 +4361,51 @@
           <t>Nuriyev</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
       <c r="I66" s="2" t="n">
         <v>35005</v>
       </c>
       <c r="J66" t="inlineStr">
         <is>
           <t>Elektron xidmətlər</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
-          <t>mühəndis proqramçı</t>
+          <t>Mühəndis proqramçı</t>
         </is>
       </c>
       <c r="L66" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M66" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N66" t="inlineStr"/>
       <c r="O66" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="n">
         <v>2968</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Nuridə</t>
         </is>
@@ -4479,51 +4479,51 @@
           <t>Məlikova</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
       <c r="I68" s="2" t="n">
         <v>25767</v>
       </c>
       <c r="J68" t="inlineStr">
         <is>
           <t>Heydər Əliyev və Azərbaycan dövlətçiliyi</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M68" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N68" t="inlineStr"/>
       <c r="O68" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="n">
         <v>2970</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Zülfiyyə</t>
         </is>
@@ -4538,51 +4538,51 @@
           <t>Ələkbərova</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
       <c r="I69" s="2" t="n">
         <v>29151</v>
       </c>
       <c r="J69" t="inlineStr">
         <is>
           <t>Heydər Əliyev və Azərbaycan dövlətçiliyi</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M69" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N69" t="inlineStr"/>
       <c r="O69" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="n">
         <v>2971</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Səkinə</t>
         </is>
@@ -4597,51 +4597,51 @@
           <t>Əsgərova</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
       <c r="I70" s="2" t="n">
         <v>33122</v>
       </c>
       <c r="J70" t="inlineStr">
         <is>
           <t>Heydər Əliyev və Azərbaycan dövlətçiliyi</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M70" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N70" t="inlineStr"/>
       <c r="O70" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="n">
         <v>2972</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -4656,51 +4656,51 @@
           <t>Babayeva</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
       <c r="I71" s="2" t="n">
         <v>32174</v>
       </c>
       <c r="J71" t="inlineStr">
         <is>
           <t>Heydər Əliyev və Azərbaycan dövlətçiliyi</t>
         </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L71" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M71" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N71" t="inlineStr"/>
       <c r="O71" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="n">
         <v>2973</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Şövkət</t>
         </is>
@@ -4715,51 +4715,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
       <c r="I72" s="2" t="n">
         <v>33546</v>
       </c>
       <c r="J72" t="inlineStr">
         <is>
           <t>Heydər Əliyev və Azərbaycan dövlətçiliyi</t>
         </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L72" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M72" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N72" t="inlineStr"/>
       <c r="O72" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="n">
         <v>2974</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>İlahə</t>
         </is>
@@ -4774,51 +4774,51 @@
           <t>Ağazadə</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
       <c r="I73" s="2" t="n">
         <v>36678</v>
       </c>
       <c r="J73" t="inlineStr">
         <is>
           <t>Heydər Əliyev və Azərbaycan dövlətçiliyi</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L73" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M73" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N73" t="inlineStr"/>
       <c r="O73" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
         <v>2975</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Türkan</t>
         </is>
@@ -4833,51 +4833,51 @@
           <t>Qələndərova</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
       <c r="I74" s="2" t="n">
         <v>35951</v>
       </c>
       <c r="J74" t="inlineStr">
         <is>
           <t>Heydər Əliyev və Azərbaycan dövlətçiliyi</t>
         </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L74" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M74" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N74" t="inlineStr"/>
       <c r="O74" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="n">
         <v>2976</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -4951,51 +4951,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
       <c r="I76" s="2" t="n">
         <v>32172</v>
       </c>
       <c r="J76" t="inlineStr">
         <is>
           <t>İctimaiyyətlə əlaqələr  şöbəsi</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M76" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N76" t="inlineStr"/>
       <c r="O76" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
         <v>2978</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Nərminə</t>
         </is>
@@ -5010,51 +5010,51 @@
           <t>Efendiyeva</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
       <c r="I77" s="2" t="n">
         <v>31403</v>
       </c>
       <c r="J77" t="inlineStr">
         <is>
           <t>İctimaiyyətlə əlaqələr və informasiya  şöbəsi</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L77" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M77" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N77" t="inlineStr"/>
       <c r="O77" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
         <v>2979</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Həqiqət</t>
         </is>
@@ -5069,51 +5069,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
       <c r="I78" s="2" t="n">
         <v>35413</v>
       </c>
       <c r="J78" t="inlineStr">
         <is>
           <t>İctimaiyyətlə əlaqələr və informasiya  şöbəsi</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L78" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M78" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N78" t="inlineStr"/>
       <c r="O78" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
         <v>2980</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Mina</t>
         </is>
@@ -5187,51 +5187,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
       <c r="I80" s="2" t="n">
         <v>29479</v>
       </c>
       <c r="J80" t="inlineStr">
         <is>
           <t>İnnovativ layihələr və metodiki təminat şöbəsi</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L80" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M80" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N80" t="inlineStr"/>
       <c r="O80" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
         <v>2982</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Hicran</t>
         </is>
@@ -5246,51 +5246,51 @@
           <t>Məmmədli</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
       <c r="I81" s="2" t="n">
         <v>26903</v>
       </c>
       <c r="J81" t="inlineStr">
         <is>
           <t>İnnovativ layihələr və metodiki təminat şöbəsi</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L81" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M81" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N81" t="inlineStr"/>
       <c r="O81" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="n">
         <v>2983</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Pərvanə</t>
         </is>
@@ -5305,51 +5305,51 @@
           <t>Qarayeva</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
       <c r="I82" s="2" t="n">
         <v>30064</v>
       </c>
       <c r="J82" t="inlineStr">
         <is>
           <t>İnnovativ layihələr və metodiki təminat şöbəsi</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L82" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M82" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N82" t="inlineStr"/>
       <c r="O82" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="n">
         <v>2984</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Səyyarə</t>
         </is>
@@ -5423,51 +5423,51 @@
           <t>Ağayeva</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
       <c r="I84" s="2" t="n">
         <v>31906</v>
       </c>
       <c r="J84" t="inlineStr">
         <is>
           <t>İnsan resursları şöbəsi</t>
         </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L84" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M84" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N84" t="inlineStr"/>
       <c r="O84" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="n">
         <v>2986</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Lamiyə</t>
         </is>
@@ -5482,51 +5482,51 @@
           <t>Tağızadə</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
       <c r="I85" s="2" t="n">
         <v>36951</v>
       </c>
       <c r="J85" t="inlineStr">
         <is>
           <t>İnsan resursları şöbəsi</t>
         </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L85" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M85" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N85" t="inlineStr"/>
       <c r="O85" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="n">
         <v>2987</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Şölə</t>
         </is>
@@ -5541,51 +5541,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
       <c r="I86" s="2" t="n">
         <v>18258</v>
       </c>
       <c r="J86" t="inlineStr">
         <is>
           <t>Kataloqlaşdırma</t>
         </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L86" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M86" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N86" t="inlineStr"/>
       <c r="O86" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="n">
         <v>2988</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Nüşabə</t>
         </is>
@@ -5600,51 +5600,51 @@
           <t>Abdullayeva</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
       <c r="I87" s="2" t="n">
         <v>23602</v>
       </c>
       <c r="J87" t="inlineStr">
         <is>
           <t>Kataloqlaşdırma</t>
         </is>
       </c>
       <c r="K87" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L87" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M87" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N87" t="inlineStr"/>
       <c r="O87" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="n">
         <v>2989</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -5659,51 +5659,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
       <c r="I88" s="2" t="n">
         <v>28486</v>
       </c>
       <c r="J88" t="inlineStr">
         <is>
           <t>Kataloqlaşdırma</t>
         </is>
       </c>
       <c r="K88" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L88" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M88" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N88" t="inlineStr"/>
       <c r="O88" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="n">
         <v>2990</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Hökümə</t>
         </is>
@@ -5718,51 +5718,51 @@
           <t>Ələkbərova</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
       <c r="I89" s="2" t="n">
         <v>28156</v>
       </c>
       <c r="J89" t="inlineStr">
         <is>
           <t>Kataloqlaşdırma</t>
         </is>
       </c>
       <c r="K89" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L89" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M89" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N89" t="inlineStr"/>
       <c r="O89" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="n">
         <v>2991</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Mədinə</t>
         </is>
@@ -5777,51 +5777,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
       <c r="I90" s="2" t="n">
         <v>30419</v>
       </c>
       <c r="J90" t="inlineStr">
         <is>
           <t>Kataloqlaşdırma</t>
         </is>
       </c>
       <c r="K90" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L90" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M90" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N90" t="inlineStr"/>
       <c r="O90" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="n">
         <v>2992</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Nərmin</t>
         </is>
@@ -5836,51 +5836,51 @@
           <t>Rəcəbli</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
       <c r="I91" s="2" t="n">
         <v>33510</v>
       </c>
       <c r="J91" t="inlineStr">
         <is>
           <t>Kataloqlaşdırma</t>
         </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L91" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M91" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N91" t="inlineStr"/>
       <c r="O91" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="n">
         <v>2993</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -5895,51 +5895,51 @@
           <t>Səmədova</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
       <c r="I92" s="2" t="n">
         <v>31391</v>
       </c>
       <c r="J92" t="inlineStr">
         <is>
           <t>Kataloqlaşdırma</t>
         </is>
       </c>
       <c r="K92" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L92" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M92" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N92" t="inlineStr"/>
       <c r="O92" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="n">
         <v>2994</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -5954,51 +5954,51 @@
           <t>Fərzalıyeva</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
       <c r="I93" s="2" t="n">
         <v>33005</v>
       </c>
       <c r="J93" t="inlineStr">
         <is>
           <t>Kataloqlaşdırma</t>
         </is>
       </c>
       <c r="K93" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L93" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M93" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N93" t="inlineStr"/>
       <c r="O93" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="n">
         <v>2995</v>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -6013,51 +6013,51 @@
           <t>Şıxbabayeva</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
       <c r="I94" s="2" t="n">
         <v>34681</v>
       </c>
       <c r="J94" t="inlineStr">
         <is>
           <t>Kataloqlaşdırma</t>
         </is>
       </c>
       <c r="K94" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L94" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M94" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N94" t="inlineStr"/>
       <c r="O94" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="n">
         <v>2996</v>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>Natavan</t>
         </is>
@@ -6072,51 +6072,51 @@
           <t>Rəhimova</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
       <c r="I95" s="2" t="n">
         <v>26276</v>
       </c>
       <c r="J95" t="inlineStr">
         <is>
           <t>Kataloqlaşdırma</t>
         </is>
       </c>
       <c r="K95" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L95" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M95" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N95" t="inlineStr"/>
       <c r="O95" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="n">
         <v>2997</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Xuraman</t>
         </is>
@@ -6190,51 +6190,51 @@
           <t>Abdullayeva</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
       <c r="I97" s="2" t="n">
         <v>20806</v>
       </c>
       <c r="J97" t="inlineStr">
         <is>
           <t>Komplektləşdirmə</t>
         </is>
       </c>
       <c r="K97" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L97" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M97" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N97" t="inlineStr"/>
       <c r="O97" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="n">
         <v>2999</v>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Kəmalə</t>
         </is>
@@ -6249,51 +6249,51 @@
           <t>Cavadova</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
       <c r="I98" s="2" t="n">
         <v>23822</v>
       </c>
       <c r="J98" t="inlineStr">
         <is>
           <t>Komplektləşdirmə</t>
         </is>
       </c>
       <c r="K98" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L98" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M98" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N98" t="inlineStr"/>
       <c r="O98" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="n">
         <v>3000</v>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Validə</t>
         </is>
@@ -6308,51 +6308,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
       <c r="I99" s="2" t="n">
         <v>19350</v>
       </c>
       <c r="J99" t="inlineStr">
         <is>
           <t>Komplektləşdirmə</t>
         </is>
       </c>
       <c r="K99" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L99" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M99" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N99" t="inlineStr"/>
       <c r="O99" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="n">
         <v>3001</v>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>Fatma</t>
         </is>
@@ -6367,51 +6367,51 @@
           <t>Fərəcova</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
       <c r="I100" s="2" t="n">
         <v>26003</v>
       </c>
       <c r="J100" t="inlineStr">
         <is>
           <t>Komplektləşdirmə</t>
         </is>
       </c>
       <c r="K100" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L100" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M100" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N100" t="inlineStr"/>
       <c r="O100" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="n">
         <v>3002</v>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Xədicə</t>
         </is>
@@ -6426,51 +6426,51 @@
           <t>Ağayeva</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
       <c r="I101" s="2" t="n">
         <v>32345</v>
       </c>
       <c r="J101" t="inlineStr">
         <is>
           <t>Komplektləşdirmə</t>
         </is>
       </c>
       <c r="K101" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L101" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M101" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N101" t="inlineStr"/>
       <c r="O101" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="n">
         <v>3003</v>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Reyhan</t>
         </is>
@@ -6485,51 +6485,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
       <c r="I102" s="2" t="n">
         <v>24529</v>
       </c>
       <c r="J102" t="inlineStr">
         <is>
           <t>Komplektləşdirmə</t>
         </is>
       </c>
       <c r="K102" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L102" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M102" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N102" t="inlineStr"/>
       <c r="O102" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="n">
         <v>3004</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Səbinə</t>
         </is>
@@ -6544,51 +6544,51 @@
           <t>Fərzəliyeva</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
       <c r="I103" s="2" t="n">
         <v>32898</v>
       </c>
       <c r="J103" t="inlineStr">
         <is>
           <t>Komplektləşdirmə</t>
         </is>
       </c>
       <c r="K103" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L103" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M103" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N103" t="inlineStr"/>
       <c r="O103" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="n">
         <v>3005</v>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -6603,51 +6603,51 @@
           <t>Tarverdiyeva</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
       <c r="I104" s="2" t="n">
         <v>32107</v>
       </c>
       <c r="J104" t="inlineStr">
         <is>
           <t>Komplektləşdirmə</t>
         </is>
       </c>
       <c r="K104" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L104" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M104" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N104" t="inlineStr"/>
       <c r="O104" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="n">
         <v>3006</v>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -6662,51 +6662,51 @@
           <t>Almaszadə</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
       <c r="I105" s="2" t="n">
         <v>34879</v>
       </c>
       <c r="J105" t="inlineStr">
         <is>
           <t>Komplektləşdirmə</t>
         </is>
       </c>
       <c r="K105" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L105" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M105" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N105" t="inlineStr"/>
       <c r="O105" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="n">
         <v>3007</v>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Qumral</t>
         </is>
@@ -6721,51 +6721,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
       <c r="I106" s="2" t="n">
         <v>35617</v>
       </c>
       <c r="J106" t="inlineStr">
         <is>
           <t>Komplektləşdirmə</t>
         </is>
       </c>
       <c r="K106" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L106" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M106" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N106" t="inlineStr"/>
       <c r="O106" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="n">
         <v>3008</v>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -6780,51 +6780,51 @@
           <t>İsgəndərli</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
       <c r="I107" s="2" t="n">
         <v>34509</v>
       </c>
       <c r="J107" t="inlineStr">
         <is>
           <t>Komplektləşdirmə</t>
         </is>
       </c>
       <c r="K107" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L107" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M107" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N107" t="inlineStr"/>
       <c r="O107" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="n">
         <v>3009</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
@@ -6839,51 +6839,51 @@
           <t>Azadlı</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
       <c r="I108" s="2" t="n">
         <v>33276</v>
       </c>
       <c r="J108" t="inlineStr">
         <is>
           <t>Komplektləşdirmə</t>
         </is>
       </c>
       <c r="K108" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L108" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M108" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N108" t="inlineStr"/>
       <c r="O108" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="n">
         <v>3010</v>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Gülnar</t>
         </is>
@@ -6957,51 +6957,51 @@
           <t>Əsgərova</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
       <c r="I110" s="2" t="n">
         <v>25075</v>
       </c>
       <c r="J110" t="inlineStr">
         <is>
           <t>Milli rəqəmsal yaddaş və reproqrafiya şöbəsi</t>
         </is>
       </c>
       <c r="K110" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L110" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M110" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N110" t="inlineStr"/>
       <c r="O110" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="n">
         <v>3012</v>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Lamiyə</t>
         </is>
@@ -7016,51 +7016,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
       <c r="I111" s="2" t="n">
         <v>26283</v>
       </c>
       <c r="J111" t="inlineStr">
         <is>
           <t>Milli rəqəmsal yaddaş və reproqrafiya şöbəsi</t>
         </is>
       </c>
       <c r="K111" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L111" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M111" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N111" t="inlineStr"/>
       <c r="O111" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="n">
         <v>3013</v>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -7075,51 +7075,51 @@
           <t>Cabarova</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
       <c r="I112" s="2" t="n">
         <v>34088</v>
       </c>
       <c r="J112" t="inlineStr">
         <is>
           <t>Milli rəqəmsal yaddaş və reproqrafiya şöbəsi</t>
         </is>
       </c>
       <c r="K112" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L112" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M112" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N112" t="inlineStr"/>
       <c r="O112" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="n">
         <v>3014</v>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Fidan</t>
         </is>
@@ -7134,51 +7134,51 @@
           <t>Mirzəzadə</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
       <c r="I113" s="2" t="n">
         <v>34054</v>
       </c>
       <c r="J113" t="inlineStr">
         <is>
           <t>Milli rəqəmsal yaddaş və reproqrafiya şöbəsi</t>
         </is>
       </c>
       <c r="K113" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L113" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M113" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N113" t="inlineStr"/>
       <c r="O113" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="n">
         <v>3015</v>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -7193,51 +7193,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
       <c r="I114" s="2" t="n">
         <v>24995</v>
       </c>
       <c r="J114" t="inlineStr">
         <is>
           <t>Milli rəqəmsal yaddaş və reproqrafiya şöbəsi</t>
         </is>
       </c>
       <c r="K114" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L114" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M114" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N114" t="inlineStr"/>
       <c r="O114" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="n">
         <v>3016</v>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Bəşir</t>
         </is>
@@ -7252,51 +7252,51 @@
           <t>İsmayılov</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
       <c r="I115" s="2" t="n">
         <v>21161</v>
       </c>
       <c r="J115" t="inlineStr">
         <is>
           <t>Milli rəqəmsal yaddaş və reproqrafiya şöbəsi</t>
         </is>
       </c>
       <c r="K115" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L115" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M115" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N115" t="inlineStr"/>
       <c r="O115" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="n">
         <v>3017</v>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Elbrus</t>
         </is>
@@ -7311,51 +7311,51 @@
           <t>Quluzadə</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
       <c r="I116" s="2" t="n">
         <v>37649</v>
       </c>
       <c r="J116" t="inlineStr">
         <is>
           <t>Milli rəqəmsal yaddaş və reproqrafiya şöbəsi</t>
         </is>
       </c>
       <c r="K116" t="inlineStr">
         <is>
-          <t>bərpaçı</t>
+          <t>Bərpaçı</t>
         </is>
       </c>
       <c r="L116" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M116" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N116" t="inlineStr"/>
       <c r="O116" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="n">
         <v>3018</v>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Şəfa</t>
         </is>
@@ -7370,51 +7370,51 @@
           <t>Bağırova</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
       <c r="I117" s="2" t="n">
         <v>34327</v>
       </c>
       <c r="J117" t="inlineStr">
         <is>
           <t>Milli rəqəmsal yaddaş və reproqrafiya şöbəsi</t>
         </is>
       </c>
       <c r="K117" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L117" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M117" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N117" t="inlineStr"/>
       <c r="O117" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="n">
         <v>3019</v>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Sərdar</t>
         </is>
@@ -7488,51 +7488,51 @@
           <t>Mürşüdova</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
       <c r="I119" s="2" t="n">
         <v>20947</v>
       </c>
       <c r="J119" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K119" t="inlineStr">
         <is>
-          <t>baş iqtisadçı</t>
+          <t>Baş iqtisadçı</t>
         </is>
       </c>
       <c r="L119" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M119" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N119" t="inlineStr"/>
       <c r="O119" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="n">
         <v>3021</v>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Hökümə</t>
         </is>
@@ -7547,51 +7547,51 @@
           <t>Abbasova</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
       <c r="I120" s="2" t="n">
         <v>34858</v>
       </c>
       <c r="J120" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K120" t="inlineStr">
         <is>
-          <t>baş mühasib</t>
+          <t>Baş mühasib</t>
         </is>
       </c>
       <c r="L120" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M120" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N120" t="inlineStr"/>
       <c r="O120" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="n">
         <v>3022</v>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Cəlalət</t>
         </is>
@@ -7606,51 +7606,51 @@
           <t>Yusibova</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
       <c r="I121" s="2" t="n">
         <v>19940</v>
       </c>
       <c r="J121" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K121" t="inlineStr">
         <is>
-          <t>baş mühasibin müavini</t>
+          <t>Baş mühasibin müavini</t>
         </is>
       </c>
       <c r="L121" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M121" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N121" t="inlineStr"/>
       <c r="O121" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="n">
         <v>3023</v>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -7665,51 +7665,51 @@
           <t>Məcidova</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
       <c r="I122" s="2" t="n">
         <v>21537</v>
       </c>
       <c r="J122" t="inlineStr">
         <is>
           <t>Nadir kitablar və qiymətli nəşrlər fondu</t>
         </is>
       </c>
       <c r="K122" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L122" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M122" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N122" t="inlineStr"/>
       <c r="O122" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="n">
         <v>3024</v>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>Xuraman</t>
         </is>
@@ -7724,51 +7724,51 @@
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
       <c r="I123" s="2" t="n">
         <v>21463</v>
       </c>
       <c r="J123" t="inlineStr">
         <is>
           <t>Nadir kitablar və qiymətli nəşrlər fondu</t>
         </is>
       </c>
       <c r="K123" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L123" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M123" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N123" t="inlineStr"/>
       <c r="O123" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="n">
         <v>3025</v>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Vüsalə</t>
         </is>
@@ -7783,51 +7783,51 @@
           <t>Kazımbəyli</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
       <c r="I124" s="2" t="n">
         <v>27796</v>
       </c>
       <c r="J124" t="inlineStr">
         <is>
           <t>Nadir kitablar və qiymətli nəşrlər fondu</t>
         </is>
       </c>
       <c r="K124" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L124" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M124" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N124" t="inlineStr"/>
       <c r="O124" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="n">
         <v>3026</v>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Tutuxanım</t>
         </is>
@@ -7842,51 +7842,51 @@
           <t>Qubatova</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
       <c r="I125" s="2" t="n">
         <v>23848</v>
       </c>
       <c r="J125" t="inlineStr">
         <is>
           <t>Nadir kitablar və qiymətli nəşrlər fondu</t>
         </is>
       </c>
       <c r="K125" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L125" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M125" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N125" t="inlineStr"/>
       <c r="O125" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="n">
         <v>3027</v>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Gülnar</t>
         </is>
@@ -7901,51 +7901,51 @@
           <t>Rzayeva</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
       <c r="I126" s="2" t="n">
         <v>31649</v>
       </c>
       <c r="J126" t="inlineStr">
         <is>
           <t>Nadir kitablar və qiymətli nəşrlər fondu</t>
         </is>
       </c>
       <c r="K126" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L126" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M126" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N126" t="inlineStr"/>
       <c r="O126" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="n">
         <v>3028</v>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Sevil</t>
         </is>
@@ -7960,51 +7960,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
       <c r="I127" s="2" t="n">
         <v>23242</v>
       </c>
       <c r="J127" t="inlineStr">
         <is>
           <t>Nadir kitablar və qiymətli nəşrlər fondu</t>
         </is>
       </c>
       <c r="K127" t="inlineStr">
         <is>
-          <t>fond müdiri</t>
+          <t>Fond müdiri</t>
         </is>
       </c>
       <c r="L127" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M127" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N127" t="inlineStr"/>
       <c r="O127" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="n">
         <v>3029</v>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
@@ -8019,51 +8019,51 @@
           <t>Süleymanova</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
       <c r="I128" s="2" t="n">
         <v>20066</v>
       </c>
       <c r="J128" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K128" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L128" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M128" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N128" t="inlineStr"/>
       <c r="O128" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="n">
         <v>3030</v>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Sahibə</t>
         </is>
@@ -8078,51 +8078,51 @@
           <t>Cavadova</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
       <c r="I129" s="2" t="n">
         <v>24586</v>
       </c>
       <c r="J129" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K129" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L129" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M129" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N129" t="inlineStr"/>
       <c r="O129" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="n">
         <v>3031</v>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Laçın</t>
         </is>
@@ -8137,51 +8137,51 @@
           <t>Əlizadə</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
       <c r="I130" s="2" t="n">
         <v>28709</v>
       </c>
       <c r="J130" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K130" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L130" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M130" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N130" t="inlineStr"/>
       <c r="O130" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="n">
         <v>3032</v>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Səda</t>
         </is>
@@ -8196,51 +8196,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
       <c r="I131" s="2" t="n">
         <v>30897</v>
       </c>
       <c r="J131" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K131" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L131" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M131" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N131" t="inlineStr"/>
       <c r="O131" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="n">
         <v>3033</v>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Könül</t>
         </is>
@@ -8255,51 +8255,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
       <c r="I132" s="2" t="n">
         <v>30182</v>
       </c>
       <c r="J132" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K132" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L132" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M132" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N132" t="inlineStr"/>
       <c r="O132" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="n">
         <v>3034</v>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Səkinə</t>
         </is>
@@ -8314,51 +8314,51 @@
           <t>Novruzova</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
       <c r="I133" s="2" t="n">
         <v>32629</v>
       </c>
       <c r="J133" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K133" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L133" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M133" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N133" t="inlineStr"/>
       <c r="O133" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="n">
         <v>3035</v>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Həmidə</t>
         </is>
@@ -8373,51 +8373,51 @@
           <t>Babşova</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
       <c r="I134" s="2" t="n">
         <v>34004</v>
       </c>
       <c r="J134" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K134" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L134" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M134" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N134" t="inlineStr"/>
       <c r="O134" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="n">
         <v>3036</v>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Mehri</t>
         </is>
@@ -8432,51 +8432,51 @@
           <t>Mehdiyeva</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
       <c r="I135" s="2" t="n">
         <v>30635</v>
       </c>
       <c r="J135" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K135" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L135" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M135" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N135" t="inlineStr"/>
       <c r="O135" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="n">
         <v>3037</v>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Bənövşə</t>
         </is>
@@ -8491,51 +8491,51 @@
           <t>Qurbanova</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
       <c r="I136" s="2" t="n">
         <v>34549</v>
       </c>
       <c r="J136" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K136" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L136" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M136" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N136" t="inlineStr"/>
       <c r="O136" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="n">
         <v>3038</v>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Təranə</t>
         </is>
@@ -8550,51 +8550,51 @@
           <t>Abdulova</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
       <c r="I137" s="2" t="n">
         <v>22963</v>
       </c>
       <c r="J137" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K137" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L137" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M137" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N137" t="inlineStr"/>
       <c r="O137" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="n">
         <v>3039</v>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Sədaqət</t>
         </is>
@@ -8609,51 +8609,51 @@
           <t>Kazımova</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
       <c r="I138" s="2" t="n">
         <v>32370</v>
       </c>
       <c r="J138" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K138" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L138" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M138" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N138" t="inlineStr"/>
       <c r="O138" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="n">
         <v>3040</v>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Maxruq</t>
         </is>
@@ -8668,51 +8668,51 @@
           <t>Babayeva</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
       <c r="I139" s="2" t="n">
         <v>27384</v>
       </c>
       <c r="J139" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K139" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L139" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M139" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N139" t="inlineStr"/>
       <c r="O139" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="n">
         <v>3041</v>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -8727,51 +8727,51 @@
           <t>Fəttahlı</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
       <c r="I140" s="2" t="n">
         <v>34740</v>
       </c>
       <c r="J140" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K140" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L140" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M140" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N140" t="inlineStr"/>
       <c r="O140" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="n">
         <v>3042</v>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Nərgiz</t>
         </is>
@@ -8786,51 +8786,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
       <c r="I141" s="2" t="n">
         <v>31487</v>
       </c>
       <c r="J141" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K141" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L141" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M141" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N141" t="inlineStr"/>
       <c r="O141" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="n">
         <v>3043</v>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -8845,51 +8845,51 @@
           <t>Abbasova</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
       <c r="I142" s="2" t="n">
         <v>34181</v>
       </c>
       <c r="J142" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K142" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L142" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M142" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N142" t="inlineStr"/>
       <c r="O142" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="n">
         <v>3044</v>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Turanə</t>
         </is>
@@ -8904,51 +8904,51 @@
           <t>Yaqubzadə</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
       <c r="I143" s="2" t="n">
         <v>34231</v>
       </c>
       <c r="J143" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K143" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L143" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M143" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N143" t="inlineStr"/>
       <c r="O143" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="n">
         <v>3045</v>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Mətanət</t>
         </is>
@@ -8963,51 +8963,51 @@
           <t>Muxtarova</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
       <c r="I144" s="2" t="n">
         <v>27360</v>
       </c>
       <c r="J144" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K144" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L144" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M144" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N144" t="inlineStr"/>
       <c r="O144" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="n">
         <v>3046</v>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Şəkərxanım</t>
         </is>
@@ -9022,51 +9022,51 @@
           <t>Gülməmmədli</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
       <c r="I145" s="2" t="n">
         <v>36692</v>
       </c>
       <c r="J145" t="inlineStr">
         <is>
           <t>Oxuculara xidmət</t>
         </is>
       </c>
       <c r="K145" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L145" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M145" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N145" t="inlineStr"/>
       <c r="O145" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="n">
         <v>3047</v>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Ofeliya</t>
         </is>
@@ -9140,51 +9140,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
       <c r="I147" s="2" t="n">
         <v>32516</v>
       </c>
       <c r="J147" t="inlineStr">
         <is>
           <t>Oxuculara xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K147" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L147" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M147" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N147" t="inlineStr"/>
       <c r="O147" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="n">
         <v>3049</v>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Yeganə</t>
         </is>
@@ -9199,51 +9199,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
       <c r="I148" s="2" t="n">
         <v>25441</v>
       </c>
       <c r="J148" t="inlineStr">
         <is>
           <t>Qarabağ müharibəsi qəhrəmanları fondu</t>
         </is>
       </c>
       <c r="K148" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L148" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M148" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N148" t="inlineStr"/>
       <c r="O148" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="n">
         <v>3050</v>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Həbibə</t>
         </is>
@@ -9258,51 +9258,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
       <c r="I149" s="2" t="n">
         <v>28534</v>
       </c>
       <c r="J149" t="inlineStr">
         <is>
           <t>Qarabağ müharibəsi qəhrəmanları fondu</t>
         </is>
       </c>
       <c r="K149" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L149" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M149" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N149" t="inlineStr"/>
       <c r="O149" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="n">
         <v>3051</v>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Əntiqə</t>
         </is>
@@ -9317,51 +9317,51 @@
           <t>Qarayeva</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
       <c r="I150" s="2" t="n">
         <v>26025</v>
       </c>
       <c r="J150" t="inlineStr">
         <is>
           <t>Qarabağ müharibəsi qəhrəmanları fondu</t>
         </is>
       </c>
       <c r="K150" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L150" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M150" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N150" t="inlineStr"/>
       <c r="O150" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="n">
         <v>3052</v>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Dinarə</t>
         </is>
@@ -9376,51 +9376,51 @@
           <t>Bağıyeva</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
       <c r="I151" s="2" t="n">
         <v>35286</v>
       </c>
       <c r="J151" t="inlineStr">
         <is>
           <t>Qarabağ müharibəsi qəhrəmanları fondu</t>
         </is>
       </c>
       <c r="K151" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L151" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M151" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N151" t="inlineStr"/>
       <c r="O151" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="n">
         <v>3053</v>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Röksanə</t>
         </is>
@@ -9435,51 +9435,51 @@
           <t>Səfərzadə</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
       <c r="I152" s="2" t="n">
         <v>26363</v>
       </c>
       <c r="J152" t="inlineStr">
         <is>
           <t>Qarabağ müharibəsi qəhrəmanları fondu</t>
         </is>
       </c>
       <c r="K152" t="inlineStr">
         <is>
-          <t>fond müdiri</t>
+          <t>Fond müdiri</t>
         </is>
       </c>
       <c r="L152" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M152" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N152" t="inlineStr"/>
       <c r="O152" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="n">
         <v>3054</v>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -9494,51 +9494,51 @@
           <t>İbrahimova</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
       <c r="I153" s="2" t="n">
         <v>28536</v>
       </c>
       <c r="J153" t="inlineStr">
         <is>
           <t>Qarabağ müharibəsi qəhrəmanları fondu</t>
         </is>
       </c>
       <c r="K153" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L153" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M153" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N153" t="inlineStr"/>
       <c r="O153" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="n">
         <v>3055</v>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Əfsanə</t>
         </is>
@@ -9553,51 +9553,51 @@
           <t>Hümbətova</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
       <c r="I154" s="2" t="n">
         <v>34681</v>
       </c>
       <c r="J154" t="inlineStr">
         <is>
           <t>Qarabağ müharibəsi qəhrəmanları fondu</t>
         </is>
       </c>
       <c r="K154" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L154" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M154" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N154" t="inlineStr"/>
       <c r="O154" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="n">
         <v>3056</v>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Ziyarət</t>
         </is>
@@ -9612,51 +9612,51 @@
           <t>Atamoğlanova</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
       <c r="I155" s="2" t="n">
         <v>29894</v>
       </c>
       <c r="J155" t="inlineStr">
         <is>
           <t>Qarabağ müharibəsi qəhrəmanları fondu</t>
         </is>
       </c>
       <c r="K155" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L155" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M155" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N155" t="inlineStr"/>
       <c r="O155" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="n">
         <v>3057</v>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Rafiq</t>
         </is>
@@ -9671,51 +9671,51 @@
           <t>Aslanov</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
       <c r="I156" s="2" t="n">
         <v>24741</v>
       </c>
       <c r="J156" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K156" t="inlineStr">
         <is>
-          <t>baş mühəndis</t>
+          <t>Baş mühəndis</t>
         </is>
       </c>
       <c r="L156" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M156" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N156" t="inlineStr"/>
       <c r="O156" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="n">
         <v>3058</v>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Şəbnəm</t>
         </is>
@@ -9730,51 +9730,51 @@
           <t>Rüstəmova</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
       <c r="I157" s="2" t="n">
         <v>32174</v>
       </c>
       <c r="J157" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K157" t="inlineStr">
         <is>
-          <t>elmi katib</t>
+          <t>Elmi katib</t>
         </is>
       </c>
       <c r="L157" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M157" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N157" t="inlineStr"/>
       <c r="O157" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="n">
         <v>3059</v>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Lamiə</t>
         </is>
@@ -9789,51 +9789,51 @@
           <t>Əsədzadə</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
       <c r="I158" s="2" t="n">
         <v>33752</v>
       </c>
       <c r="J158" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K158" t="inlineStr">
         <is>
-          <t>müəssisə rəhbərinin köməkçisi</t>
+          <t>Müəssisə rəhbərinin köməkçisi</t>
         </is>
       </c>
       <c r="L158" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M158" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N158" t="inlineStr"/>
       <c r="O158" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="n">
         <v>3060</v>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Gülağa</t>
         </is>
@@ -9848,51 +9848,51 @@
           <t>Cahangirov</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
       <c r="I159" s="2" t="n">
         <v>23833</v>
       </c>
       <c r="J159" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K159" t="inlineStr">
         <is>
-          <t>mülki müdafiə qərargahının rəisi</t>
+          <t>Mülki müdafiə qərargahının rəisi</t>
         </is>
       </c>
       <c r="L159" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M159" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N159" t="inlineStr"/>
       <c r="O159" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="n">
         <v>3061</v>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Yusif</t>
         </is>
@@ -9966,51 +9966,51 @@
           <t>Rəhimova</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
       <c r="I161" s="2" t="n">
         <v>29620</v>
       </c>
       <c r="J161" t="inlineStr">
         <is>
           <t>Reproqrafiya şöbəsi</t>
         </is>
       </c>
       <c r="K161" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L161" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M161" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N161" t="inlineStr"/>
       <c r="O161" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="n">
         <v>3063</v>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Könül</t>
         </is>
@@ -10025,51 +10025,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
       <c r="I162" s="2" t="n">
         <v>36571</v>
       </c>
       <c r="J162" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K162" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L162" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M162" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N162" t="inlineStr"/>
       <c r="O162" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="n">
         <v>3064</v>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Səbinə</t>
         </is>
@@ -10084,51 +10084,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
       <c r="I163" s="2" t="n">
         <v>27810</v>
       </c>
       <c r="J163" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K163" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L163" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M163" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N163" t="inlineStr"/>
       <c r="O163" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="n">
         <v>3065</v>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Ayşən</t>
         </is>
@@ -10143,51 +10143,51 @@
           <t>Bağırzadə</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
       <c r="I164" s="2" t="n">
         <v>36322</v>
       </c>
       <c r="J164" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K164" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L164" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M164" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N164" t="inlineStr"/>
       <c r="O164" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="n">
         <v>3066</v>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Şəhla</t>
         </is>
@@ -10261,51 +10261,51 @@
           <t>Zamanova</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
       <c r="I166" s="2" t="n">
         <v>30513</v>
       </c>
       <c r="J166" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K166" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L166" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M166" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N166" t="inlineStr"/>
       <c r="O166" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="n">
         <v>3068</v>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>Fərhad</t>
         </is>
@@ -10320,51 +10320,51 @@
           <t>Piriyev</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
       <c r="I167" s="2" t="n">
         <v>20993</v>
       </c>
       <c r="J167" t="inlineStr">
         <is>
           <t>Təchizat  və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K167" t="inlineStr">
         <is>
-          <t>anbardar</t>
+          <t>Anbardar</t>
         </is>
       </c>
       <c r="L167" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M167" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N167" t="inlineStr"/>
       <c r="O167" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="n">
         <v>3069</v>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>Əvəz</t>
         </is>
@@ -10497,51 +10497,51 @@
           <t>Hacıyeva</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
       <c r="I170" s="2" t="n">
         <v>17175</v>
       </c>
       <c r="J170" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K170" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L170" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M170" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N170" t="inlineStr"/>
       <c r="O170" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="n">
         <v>3072</v>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Sinuzər</t>
         </is>
@@ -10556,51 +10556,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
       <c r="I171" s="2" t="n">
         <v>21451</v>
       </c>
       <c r="J171" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K171" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L171" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M171" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N171" t="inlineStr"/>
       <c r="O171" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="n">
         <v>3073</v>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Aybəniz</t>
         </is>
@@ -10615,51 +10615,51 @@
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
       <c r="I172" s="2" t="n">
         <v>20865</v>
       </c>
       <c r="J172" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K172" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L172" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M172" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N172" t="inlineStr"/>
       <c r="O172" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="n">
         <v>3074</v>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>Əbdülrəhim</t>
         </is>
@@ -10674,51 +10674,51 @@
           <t>Mürsəlov</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
       <c r="I173" s="2" t="n">
         <v>28286</v>
       </c>
       <c r="J173" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K173" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L173" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M173" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N173" t="inlineStr"/>
       <c r="O173" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="n">
         <v>3075</v>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>Nərmin</t>
         </is>
@@ -10733,51 +10733,51 @@
           <t>Ömərova</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
       <c r="I174" s="2" t="n">
         <v>30963</v>
       </c>
       <c r="J174" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K174" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L174" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M174" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N174" t="inlineStr"/>
       <c r="O174" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="n">
         <v>3076</v>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Zənurə</t>
         </is>
@@ -10792,51 +10792,51 @@
           <t>Ələkbərova</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
       <c r="I175" s="2" t="n">
         <v>23629</v>
       </c>
       <c r="J175" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K175" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L175" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M175" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N175" t="inlineStr"/>
       <c r="O175" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="n">
         <v>3077</v>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>Könül</t>
         </is>
@@ -10851,51 +10851,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
       <c r="I176" s="2" t="n">
         <v>27655</v>
       </c>
       <c r="J176" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K176" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L176" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M176" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N176" t="inlineStr"/>
       <c r="O176" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="n">
         <v>3078</v>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -10910,51 +10910,51 @@
           <t>Mahmudova</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
       <c r="I177" s="2" t="n">
         <v>30723</v>
       </c>
       <c r="J177" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K177" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L177" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M177" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N177" t="inlineStr"/>
       <c r="O177" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="n">
         <v>3079</v>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
@@ -10969,51 +10969,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
       <c r="I178" s="2" t="n">
         <v>32969</v>
       </c>
       <c r="J178" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K178" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L178" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M178" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N178" t="inlineStr"/>
       <c r="O178" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="n">
         <v>3080</v>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>Kübra</t>
         </is>
@@ -11028,51 +11028,51 @@
           <t>Sadıqova</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
       <c r="I179" s="2" t="n">
         <v>24777</v>
       </c>
       <c r="J179" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K179" t="inlineStr">
         <is>
-          <t>fond müdiri</t>
+          <t>Fond müdiri</t>
         </is>
       </c>
       <c r="L179" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M179" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N179" t="inlineStr"/>
       <c r="O179" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="n">
         <v>3081</v>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
@@ -11087,51 +11087,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
       <c r="I180" s="2" t="n">
         <v>27946</v>
       </c>
       <c r="J180" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K180" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L180" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M180" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N180" t="inlineStr"/>
       <c r="O180" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="n">
         <v>3082</v>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>Asya</t>
         </is>
@@ -11146,51 +11146,51 @@
           <t>Muxtarova</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
       <c r="I181" s="2" t="n">
         <v>33663</v>
       </c>
       <c r="J181" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K181" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L181" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M181" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N181" t="inlineStr"/>
       <c r="O181" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="n">
         <v>3083</v>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Bəyim</t>
         </is>
@@ -11205,51 +11205,51 @@
           <t>Namazova</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
       <c r="I182" s="2" t="n">
         <v>34701</v>
       </c>
       <c r="J182" t="inlineStr">
         <is>
           <t>Xarici dildə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K182" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L182" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M182" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N182" t="inlineStr"/>
       <c r="O182" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="n">
         <v>3084</v>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Aida</t>
         </is>
@@ -11264,51 +11264,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
       <c r="I183" s="2" t="n">
         <v>18646</v>
       </c>
       <c r="J183" t="inlineStr">
         <is>
           <t>Xarici dillərdə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K183" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L183" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M183" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N183" t="inlineStr"/>
       <c r="O183" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="n">
         <v>3085</v>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Cəmilə</t>
         </is>
@@ -11323,51 +11323,51 @@
           <t>Miriyeva</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
       <c r="I184" s="2" t="n">
         <v>20184</v>
       </c>
       <c r="J184" t="inlineStr">
         <is>
           <t>Xarici dillərdə ədəbiyyat fondu</t>
         </is>
       </c>
       <c r="K184" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L184" t="inlineStr">
         <is>
           <t>Mərkəzi Elmi Kitabxana</t>
         </is>
       </c>
       <c r="M184" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N184" t="inlineStr"/>
       <c r="O184" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>