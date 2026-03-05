--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -567,51 +567,51 @@
       <c r="D2" t="inlineStr">
         <is>
           <t>Binnətova</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
       <c r="I2" t="inlineStr"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>Azərbaycan dialektologiyası şöbəsi</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M2" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=QkpUMaQAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Guntekin-Binnatova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/GuntakinBinnatova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-9906-8161'}]</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>1228</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Kübra</t>
         </is>
@@ -624,51 +624,51 @@
       <c r="D3" t="inlineStr">
         <is>
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G3" t="inlineStr"/>
       <c r="H3" t="inlineStr"/>
       <c r="I3" t="inlineStr"/>
       <c r="J3" t="inlineStr">
         <is>
           <t>Azərbaycan dialektologiyası şöbəsi</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M3" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N3" t="inlineStr"/>
       <c r="O3" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=mgv20QEAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Kubra-Quliyeva'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/KubraQuliyeva1'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-5126-4645'}]</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>1229</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Qüdsiyyə</t>
         </is>
@@ -685,51 +685,51 @@
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H4" t="inlineStr"/>
       <c r="I4" t="inlineStr"/>
       <c r="J4" t="inlineStr">
         <is>
           <t>Azərbaycan dialektologiyası şöbəsi</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M4" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=TpGBlyMAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/KHU-7746-2024'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Qudsiyya-Qambarova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/Q%C3%BCdsiyy%C9%99Q%C9%99nb%C9%99rova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-0989-400X'}]</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>1230</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Vəfa</t>
         </is>
@@ -807,51 +807,51 @@
       <c r="D6" t="inlineStr">
         <is>
           <t>Quliyev</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G6" t="inlineStr"/>
       <c r="H6" t="inlineStr"/>
       <c r="I6" t="inlineStr"/>
       <c r="J6" t="inlineStr">
         <is>
           <t>Azərbaycan dilinin tarixi şöbəsi</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M6" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=lVXieMUAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Teyyub-Quliyev'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/TeyyubQuliyev'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-0268-4143'}]</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>1232</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Aynur</t>
         </is>
@@ -868,112 +868,112 @@
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>filologiya elmləri doktoru</t>
         </is>
       </c>
       <c r="H7" t="inlineStr"/>
       <c r="I7" t="inlineStr"/>
       <c r="J7" t="inlineStr">
         <is>
           <t>Azərbaycan dilinin tarixi şöbəsi</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M7" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N7" t="inlineStr"/>
       <c r="O7" t="inlineStr">
         <is>
-          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=PkZ5dT8AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Aynur-Pashayeva-2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AynurFamilgizi'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9448-3928'}]</t>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=PkZ5dT8AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Aynur-Pashayeva-2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AynurFamilgizi'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9448-3928'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1232/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>1233</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Reyhan</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Qaraj qızı</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Mədətova</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H8" t="inlineStr"/>
       <c r="I8" t="inlineStr"/>
       <c r="J8" t="inlineStr">
         <is>
           <t>Azərbaycan dilinin tarixi şöbəsi</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M8" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N8" t="inlineStr"/>
       <c r="O8" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>1234</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Vahidə</t>
         </is>
@@ -994,51 +994,51 @@
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I9" t="inlineStr"/>
       <c r="J9" t="inlineStr">
         <is>
           <t>Azərbaycan dilinin tarixi şöbəsi</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M9" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N9" t="inlineStr"/>
       <c r="O9" t="inlineStr">
         <is>
           <t>[{'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Vahida-Jafarzade'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-9663-7916'}]</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>1235</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Türkan</t>
         </is>
@@ -1059,51 +1059,51 @@
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I10" t="inlineStr"/>
       <c r="J10" t="inlineStr">
         <is>
           <t>Müasir Azərbaycan dili şöbəsi</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M10" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N10" t="inlineStr"/>
       <c r="O10" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=uhMZ5N8AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Turkan-Askerova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/TurkanAskerova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-0318-7642'}]</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>1236</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Gülşən</t>
         </is>
@@ -1120,51 +1120,51 @@
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H11" t="inlineStr"/>
       <c r="I11" t="inlineStr"/>
       <c r="J11" t="inlineStr">
         <is>
           <t>Hind-Avropa dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M11" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N11" t="inlineStr"/>
       <c r="O11" t="inlineStr">
         <is>
           <t>[{'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Gulshen-Akhundova'}]</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>1237</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -1181,51 +1181,51 @@
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H12" t="inlineStr"/>
       <c r="I12" t="inlineStr"/>
       <c r="J12" t="inlineStr">
         <is>
           <t>Hind-Avropa dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M12" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N12" t="inlineStr"/>
       <c r="O12" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=glu6_w8AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Gunel-Orujova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/G%C3%BCnelOruc'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-9395-4940'}]</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>1238</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Könül</t>
         </is>
@@ -1238,51 +1238,51 @@
       <c r="D13" t="inlineStr">
         <is>
           <t>Həbibova</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
       <c r="I13" t="inlineStr"/>
       <c r="J13" t="inlineStr">
         <is>
           <t>Süni intellekt və kompüter dilçiliyi</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M13" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N13" t="inlineStr"/>
       <c r="O13" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=oDGna4cAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/AES-8851-2022'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Koenuel-Hbibova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/habibova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-8502-229X'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1238/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>1239</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -1303,51 +1303,51 @@
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I14" t="inlineStr"/>
       <c r="J14" t="inlineStr">
         <is>
           <t>Müasir Azərbaycan dili şöbəsi</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M14" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N14" t="inlineStr"/>
       <c r="O14" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=YOKxotAAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/IWE-1041-2023'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AytanBaylarova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-7515-4229'}]</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>1240</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>İntizar</t>
         </is>
@@ -1368,51 +1368,51 @@
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I15" t="inlineStr"/>
       <c r="J15" t="inlineStr">
         <is>
           <t>Müasir Azərbaycan dili şöbəsi</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M15" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N15" t="inlineStr"/>
       <c r="O15" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=qAqMj6kAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Intizar-Salehova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ISalehova'}]</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>1241</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Təhminə</t>
         </is>
@@ -1433,51 +1433,51 @@
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I16" t="inlineStr"/>
       <c r="J16" t="inlineStr">
         <is>
           <t>Müasir Azərbaycan dili şöbəsi</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M16" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N16" t="inlineStr"/>
       <c r="O16" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=gh9UspAAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Tahmina-Ismayilova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/TahminaIsmayilova1'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-6788-1733'}]</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>1242</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Aytəkin</t>
         </is>
@@ -1498,51 +1498,51 @@
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I17" t="inlineStr"/>
       <c r="J17" t="inlineStr">
         <is>
           <t>Müasir Azərbaycan dili şöbəsi</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M17" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N17" t="inlineStr"/>
       <c r="O17" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AytekinAlekperova'}]</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>1243</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -1555,51 +1555,51 @@
       <c r="D18" t="inlineStr">
         <is>
           <t>Allahverdiyeva</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G18" t="inlineStr"/>
       <c r="H18" t="inlineStr"/>
       <c r="I18" t="inlineStr"/>
       <c r="J18" t="inlineStr">
         <is>
           <t>Nəzəri dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M18" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N18" t="inlineStr"/>
       <c r="O18" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=3ks7pcMAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Aytan-Allahverdiyeva-3'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AytanAllahverdiyeva4'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-6660-0357'}]</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>1244</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -1620,51 +1620,51 @@
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I19" t="inlineStr"/>
       <c r="J19" t="inlineStr">
         <is>
           <t>Müasir Azərbaycan dili şöbəsi</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M19" s="2" t="n">
         <v>45758</v>
       </c>
       <c r="N19" t="inlineStr"/>
       <c r="O19" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=POx44LwAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Sevinc-Mammadova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/SevincMemmedova17'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-2988-4152'}]</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>1245</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Gülarə</t>
         </is>
@@ -1681,51 +1681,51 @@
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H20" t="inlineStr"/>
       <c r="I20" t="inlineStr"/>
       <c r="J20" t="inlineStr">
         <is>
           <t>Monitorinq və linqvistik təhlil</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M20" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N20" t="inlineStr"/>
       <c r="O20" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-0599-7853'}]</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>1246</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Zülfiyyə</t>
         </is>
@@ -1742,51 +1742,51 @@
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H21" t="inlineStr"/>
       <c r="I21" t="inlineStr"/>
       <c r="J21" t="inlineStr">
         <is>
           <t>Sosiolinqvistika və psixolinqvistika şöbəsi</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M21" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N21" t="inlineStr"/>
       <c r="O21" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=awbbxegAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/IQV-5552-2023'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Zulfiyya-Musavi'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ZulfiyyaMusavi'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-1445-9516'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1246/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>1247</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Gültəkin</t>
         </is>
@@ -1803,51 +1803,51 @@
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H22" t="inlineStr"/>
       <c r="I22" t="inlineStr"/>
       <c r="J22" t="inlineStr">
         <is>
           <t>Sosiolinqvistika və psixolinqvistika şöbəsi</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M22" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N22" t="inlineStr"/>
       <c r="O22" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=xP0jzcsAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/IQV-2868-2023'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Gueltkin-liyeva'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/%C6%8FliyevaG%C3%BClt%C9%99kin'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-3197-3654'}]</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>1248</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Sima</t>
         </is>
@@ -1868,51 +1868,51 @@
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I23" t="inlineStr"/>
       <c r="J23" t="inlineStr">
         <is>
           <t>Terminologiya şöbəsi</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M23" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N23" t="inlineStr"/>
       <c r="O23" t="inlineStr">
         <is>
           <t>[{'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Sima-Guliyeva'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/SimaGuliyeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-3538-9078'}]</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>1249</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Şəlalə</t>
         </is>
@@ -1933,51 +1933,51 @@
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I24" t="inlineStr"/>
       <c r="J24" t="inlineStr">
         <is>
           <t>Terminologiya şöbəsi</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M24" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N24" t="inlineStr"/>
       <c r="O24" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=KMxPE5sAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Shalala-Humbatli'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ShalalaHumbatova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-7060-7674'}]</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>1250</v>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Natəvan</t>
         </is>
@@ -1998,51 +1998,51 @@
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I25" t="inlineStr"/>
       <c r="J25" t="inlineStr">
         <is>
           <t>Terminologiya şöbəsi</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M25" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N25" t="inlineStr"/>
       <c r="O25" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=BXxP8E0AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Natavan-Huseynova-2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/HuseynovaNatavan'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-0161-0584'}]</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>1251</v>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Svetlana</t>
         </is>
@@ -2063,51 +2063,51 @@
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I26" t="inlineStr"/>
       <c r="J26" t="inlineStr">
         <is>
           <t>Terminologiya şöbəsi</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M26" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N26" t="inlineStr"/>
       <c r="O26" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=BcO1WtcAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Svetlana-Novruzova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/NovruzovaSvetlana'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-9232-1287'}]</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>1252</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Fidan</t>
         </is>
@@ -2120,51 +2120,51 @@
       <c r="D27" t="inlineStr">
         <is>
           <t>Salayeva</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
       <c r="I27" t="inlineStr"/>
       <c r="J27" t="inlineStr">
         <is>
           <t>Tətbiqi dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M27" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N27" t="inlineStr"/>
       <c r="O27" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=epB8avwAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Fidan-Salayeva'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/Fsalayeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-7273-5299'}]</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>1253</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Fizuli</t>
         </is>
@@ -2181,51 +2181,51 @@
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
           <t>filologiya elmləri doktoru</t>
         </is>
       </c>
       <c r="H28" t="inlineStr"/>
       <c r="I28" t="inlineStr"/>
       <c r="J28" t="inlineStr">
         <is>
           <t>Tətbiqi dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M28" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N28" t="inlineStr"/>
       <c r="O28" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=yWrjv0EAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-0005-8507'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1253/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>1254</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Aqil</t>
         </is>
@@ -2246,51 +2246,51 @@
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I29" t="inlineStr"/>
       <c r="J29" t="inlineStr">
         <is>
           <t>Tətbiqi dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M29" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N29" t="inlineStr"/>
       <c r="O29" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=9l7-NZkXF0MC&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>1255</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Zülfiyyə</t>
         </is>
@@ -2303,51 +2303,51 @@
       <c r="D30" t="inlineStr">
         <is>
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G30" t="inlineStr"/>
       <c r="H30" t="inlineStr"/>
       <c r="I30" t="inlineStr"/>
       <c r="J30" t="inlineStr">
         <is>
           <t>Toponimika şöbəsi</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M30" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N30" t="inlineStr"/>
       <c r="O30" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=4Rxr3Q0AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ZulfiyaGuliyeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-8768-7874'}]</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>1256</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Pərviz</t>
         </is>
@@ -2360,51 +2360,51 @@
       <c r="D31" t="inlineStr">
         <is>
           <t>Xaspoladlı</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G31" t="inlineStr"/>
       <c r="H31" t="inlineStr"/>
       <c r="I31" t="inlineStr"/>
       <c r="J31" t="inlineStr">
         <is>
           <t>Toponimika şöbəsi</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M31" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-9715-8590'}]</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>1257</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Elçin</t>
         </is>
@@ -2425,51 +2425,51 @@
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H32" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I32" t="inlineStr"/>
       <c r="J32" t="inlineStr">
         <is>
           <t>Toponimika şöbəsi</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M32" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N32" t="inlineStr"/>
       <c r="O32" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=s2qjld8AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-9710-7465'}]</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>1258</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Qətibə</t>
         </is>
@@ -2490,51 +2490,51 @@
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
           <t>filologiya elmləri doktoru</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I33" t="inlineStr"/>
       <c r="J33" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M33" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N33" t="inlineStr"/>
       <c r="O33" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=VnssN6IAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/GatibeMahmudova1'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-2834-6292'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1258/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>1259</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Təranə</t>
         </is>
@@ -2547,51 +2547,51 @@
       <c r="D34" t="inlineStr">
         <is>
           <t>Şükürlü</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G34" t="inlineStr"/>
       <c r="H34" t="inlineStr"/>
       <c r="I34" t="inlineStr"/>
       <c r="J34" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M34" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N34" t="inlineStr"/>
       <c r="O34" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=FrB0pQYAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Terane-Shukurlu'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/TaranaShukurlu'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-1601-7205'}]</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>1260</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Elnarə</t>
         </is>
@@ -2604,51 +2604,51 @@
       <c r="D35" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G35" t="inlineStr"/>
       <c r="H35" t="inlineStr"/>
       <c r="I35" t="inlineStr"/>
       <c r="J35" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M35" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N35" t="inlineStr"/>
       <c r="O35" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=U3f2Y3wAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AliyevaElnare'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-5779-8899'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1260/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>1261</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Şəkər</t>
         </is>
@@ -2661,51 +2661,51 @@
       <c r="D36" t="inlineStr">
         <is>
           <t>Orucova</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G36" t="inlineStr"/>
       <c r="H36" t="inlineStr"/>
       <c r="I36" t="inlineStr"/>
       <c r="J36" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M36" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N36" t="inlineStr"/>
       <c r="O36" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=cjUV1G4AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/%C5%9E%C9%99k%C9%99rOrucova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-7197-9258'}]</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>1262</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Qətibə</t>
         </is>
@@ -2718,51 +2718,51 @@
       <c r="D37" t="inlineStr">
         <is>
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G37" t="inlineStr"/>
       <c r="H37" t="inlineStr"/>
       <c r="I37" t="inlineStr"/>
       <c r="J37" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M37" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N37" t="inlineStr"/>
       <c r="O37" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=mq9MdhQAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Gatibe-Guliyeva'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/GatibeVagif'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-5660-1399'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1262/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>1263</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Turan</t>
         </is>
@@ -2775,51 +2775,51 @@
       <c r="D38" t="inlineStr">
         <is>
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
       <c r="I38" t="inlineStr"/>
       <c r="J38" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M38" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N38" t="inlineStr"/>
       <c r="O38" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=TiZk5sIAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/TuranHacili'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2131-4709'}]</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>1264</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -2840,51 +2840,51 @@
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I39" t="inlineStr"/>
       <c r="J39" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M39" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N39" t="inlineStr"/>
       <c r="O39" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=UVj7u0IAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Gunel-Huseynova-3'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/GunelMirzayeva1'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-7778-5319'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1264/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>1265</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Sevil</t>
         </is>
@@ -2905,51 +2905,51 @@
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
           <t>filologiya elmləri doktoru</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>Professor</t>
         </is>
       </c>
       <c r="I40" t="inlineStr"/>
       <c r="J40" t="inlineStr">
         <is>
           <t>Azərbaycan dilinin tarixi şöbəsi</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M40" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N40" t="inlineStr"/>
       <c r="O40" t="inlineStr">
         <is>
           <t>[{'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Sevil-Mehdiyeva'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/MehdiyevaSevil'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-6093-129X'}]</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>1266</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Vahid</t>
         </is>
@@ -2970,51 +2970,51 @@
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I41" t="inlineStr"/>
       <c r="J41" t="inlineStr">
         <is>
           <t>Azərbaycan dilinin tarixi şöbəsi</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M41" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N41" t="inlineStr"/>
       <c r="O41" t="inlineStr">
         <is>
           <t>[{'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Vahid-Vahid-3'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/Zahidoglu'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-6495-0043'}]</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>1267</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
@@ -3035,51 +3035,51 @@
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I42" t="inlineStr"/>
       <c r="J42" t="inlineStr">
         <is>
           <t>Hind-Avropa dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M42" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N42" t="inlineStr"/>
       <c r="O42" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=IkejpR8AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Lala-Gadir'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/LALAQURBANOVA'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-0883-9671'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1267/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>1268</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Nərmin</t>
         </is>
@@ -3092,51 +3092,51 @@
       <c r="D43" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
       <c r="I43" t="inlineStr"/>
       <c r="J43" t="inlineStr">
         <is>
           <t>Süni intellekt və kompüter dilçiliyi</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M43" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N43" t="inlineStr"/>
       <c r="O43" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=YMDLwAIAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/IQV-0500-2023'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Narmin-Aliyeva-10'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/narminrajabova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-5284-2443'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1268/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>1269</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Kamilə</t>
         </is>
@@ -3149,51 +3149,51 @@
       <c r="D44" t="inlineStr">
         <is>
           <t>Vəliyeva</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
       <c r="I44" t="inlineStr"/>
       <c r="J44" t="inlineStr">
         <is>
           <t>Süni intellekt və kompüter dilçiliyi</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M44" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N44" t="inlineStr"/>
       <c r="O44" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=RWPFwyoAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Kamila-Valiyeva'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ValiyevaKamila'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-6163-6318'}]</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>1270</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Zenfira</t>
         </is>
@@ -3206,51 +3206,51 @@
       <c r="D45" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
       <c r="I45" t="inlineStr"/>
       <c r="J45" t="inlineStr">
         <is>
           <t>Nəzəri dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L45" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M45" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N45" t="inlineStr"/>
       <c r="O45" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=TGWJPsQAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Zemfira-Aliyeva-2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ZemfiraAliyeva4'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-5833-0075'}]</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>1271</v>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Gülsüm</t>
         </is>
@@ -3271,51 +3271,51 @@
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
           <t>filologiya elmləri doktoru</t>
         </is>
       </c>
       <c r="H46" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I46" t="inlineStr"/>
       <c r="J46" t="inlineStr">
         <is>
           <t>Sosiolinqvistika və psixolinqvistika şöbəsi</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M46" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N46" t="inlineStr"/>
       <c r="O46" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=S9ePtjYAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/IQV-5074-2023'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Gulsum-Huseynova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/gulsumhuseynova4'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-8852-118X'}]</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>1272</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Nəriman</t>
         </is>
@@ -3336,51 +3336,51 @@
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G47" t="inlineStr">
         <is>
           <t>filologiya elmləri doktoru</t>
         </is>
       </c>
       <c r="H47" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I47" t="inlineStr"/>
       <c r="J47" t="inlineStr">
         <is>
           <t>Tətbiqi dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M47" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N47" t="inlineStr"/>
       <c r="O47" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=vBPYfgwAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>1274</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Tünzalə</t>
         </is>
@@ -3401,51 +3401,51 @@
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I48" t="inlineStr"/>
       <c r="J48" t="inlineStr">
         <is>
           <t>Toponimika şöbəsi</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M48" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N48" t="inlineStr"/>
       <c r="O48" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=8IS6s6QAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-6639-1954'}]</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>1275</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Şəbnəm</t>
         </is>
@@ -3458,51 +3458,51 @@
       <c r="D49" t="inlineStr">
         <is>
           <t>Həsənli-Qəribova</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
       <c r="I49" t="inlineStr"/>
       <c r="J49" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M49" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N49" t="inlineStr"/>
       <c r="O49" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=vZUk-FAAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/ADN-3498-2022'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=56401047200'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ShabnamGrHasanli'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-0912-4504'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1275/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>1276</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Səkinə</t>
         </is>
@@ -3515,51 +3515,51 @@
       <c r="D50" t="inlineStr">
         <is>
           <t>Şərifova</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
       <c r="I50" t="inlineStr"/>
       <c r="J50" t="inlineStr">
         <is>
           <t>Azərbaycan dialektologiyası şöbəsi</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M50" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N50" t="inlineStr"/>
       <c r="O50" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=oM-gJxcAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Skin-Srifova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/SakinaSharifova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-6945-5456'}]</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>1278</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -3576,51 +3576,51 @@
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H51" t="inlineStr"/>
       <c r="I51" t="inlineStr"/>
       <c r="J51" t="inlineStr">
         <is>
           <t>Hind-Avropa dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M51" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N51" t="inlineStr"/>
       <c r="O51" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=lQfq11QAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Sevinc-Shukurlu'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/Sevinc%C5%9E%C3%BCk%C3%BCrl%C3%BC'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-7737-8667'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1278/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
         <v>1279</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Sədaqət</t>
         </is>
@@ -3637,51 +3637,51 @@
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H52" t="inlineStr"/>
       <c r="I52" t="inlineStr"/>
       <c r="J52" t="inlineStr">
         <is>
           <t>Hind-Avropa dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M52" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N52" t="inlineStr"/>
       <c r="O52" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=6qB8ZewAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Sadagat-Jumayeva'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/SadagatJumayeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-0378-195X'}]</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
         <v>1280</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Bəturə</t>
         </is>
@@ -3694,51 +3694,51 @@
       <c r="D53" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G53" t="inlineStr"/>
       <c r="H53" t="inlineStr"/>
       <c r="I53" t="inlineStr"/>
       <c r="J53" t="inlineStr">
         <is>
           <t>Hind-Avropa dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M53" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N53" t="inlineStr"/>
       <c r="O53" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=hWOlIoAAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Batura-Aliyeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-1013-3797'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1280/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
         <v>1281</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Maya</t>
         </is>
@@ -3751,51 +3751,51 @@
       <c r="D54" t="inlineStr">
         <is>
           <t>Heydərova</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
       <c r="I54" t="inlineStr"/>
       <c r="J54" t="inlineStr">
         <is>
           <t>Süni intellekt və kompüter dilçiliyi</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M54" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N54" t="inlineStr"/>
       <c r="O54" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=aMcPk_sAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Maya-Heydarova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/MayaHeydarova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-4892-9380'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1281/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="n">
         <v>1282</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Rəna</t>
         </is>
@@ -3812,51 +3812,51 @@
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H55" t="inlineStr"/>
       <c r="I55" t="inlineStr"/>
       <c r="J55" t="inlineStr">
         <is>
           <t>Süni intellekt və kompüter dilçiliyi</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M55" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N55" t="inlineStr"/>
       <c r="O55" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=-wF2HCUAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/DFJ-391202022'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Rana-Mahmudova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/renamemmedova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-0303-6555'}]</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="n">
         <v>1283</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -3869,51 +3869,51 @@
       <c r="D56" t="inlineStr">
         <is>
           <t>Yusifova</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
       <c r="I56" t="inlineStr"/>
       <c r="J56" t="inlineStr">
         <is>
           <t>Nəzəri dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M56" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N56" t="inlineStr"/>
       <c r="O56" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=BvBb0NMAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Leyla-Yusifova-2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/LeylaYusifova7'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-3701-8381'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1283/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
         <v>1284</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Pərvin</t>
         </is>
@@ -3926,51 +3926,51 @@
       <c r="D57" t="inlineStr">
         <is>
           <t>Bayramova</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
       <c r="I57" t="inlineStr"/>
       <c r="J57" t="inlineStr">
         <is>
           <t>Nəzəri dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M57" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N57" t="inlineStr"/>
       <c r="O57" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=X9HJqmYAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Prvin-Bayramova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/BayramovaP%C9%99rvin'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-2137-880X'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1284/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
         <v>1285</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Gülnara</t>
         </is>
@@ -3987,51 +3987,51 @@
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H58" t="inlineStr"/>
       <c r="I58" t="inlineStr"/>
       <c r="J58" t="inlineStr">
         <is>
           <t>Tətbiqi dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M58" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N58" t="inlineStr"/>
       <c r="O58" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=89ACWHMAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Gulnara-Jafarova-2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/GulnaraJafarova3'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-0849-1065'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1285/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
         <v>1286</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Aysel</t>
         </is>
@@ -4048,51 +4048,51 @@
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H59" t="inlineStr"/>
       <c r="I59" t="inlineStr"/>
       <c r="J59" t="inlineStr">
         <is>
           <t>Qədim dillər və mədəniyyətlər şöbəsi</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M59" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N59" t="inlineStr"/>
       <c r="O59" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=bxlWZmQAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Aysel-Ahmadova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/AyselAhmadova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-0904-2998'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1286/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
         <v>1287</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Ləman</t>
         </is>
@@ -4105,51 +4105,51 @@
       <c r="D60" t="inlineStr">
         <is>
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
       <c r="I60" t="inlineStr"/>
       <c r="J60" t="inlineStr">
         <is>
           <t>Terminologiya şöbəsi</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M60" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N60" t="inlineStr"/>
       <c r="O60" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=iMKAxH8AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Laman-Hasanova-4'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/LamanHasanova5'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-7205-0707'}]</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
         <v>1288</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Mətanət</t>
         </is>
@@ -4162,51 +4162,51 @@
       <c r="D61" t="inlineStr">
         <is>
           <t>Tağıyeva</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G61" t="inlineStr"/>
       <c r="H61" t="inlineStr"/>
       <c r="I61" t="inlineStr"/>
       <c r="J61" t="inlineStr">
         <is>
           <t>Tətbiqi dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M61" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N61" t="inlineStr"/>
       <c r="O61" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="n">
         <v>1289</v>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -4219,51 +4219,51 @@
       <c r="D62" t="inlineStr">
         <is>
           <t>Səfərova</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
       <c r="I62" t="inlineStr"/>
       <c r="J62" t="inlineStr">
         <is>
           <t>Tətbiqi dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M62" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N62" t="inlineStr"/>
       <c r="O62" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/SafarovaSevinc'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-0626-4803'}]</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="n">
         <v>1290</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>İmanyar</t>
         </is>
@@ -4276,51 +4276,51 @@
       <c r="D63" t="inlineStr">
         <is>
           <t>Quliyev</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
       <c r="I63" t="inlineStr"/>
       <c r="J63" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M63" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N63" t="inlineStr"/>
       <c r="O63" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Yam0_A8AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Imanyar-Guliyev'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/%C4%B0manyarQuliyev'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-8259-1621'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1290/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="n">
         <v>1291</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Dilbər</t>
         </is>
@@ -4333,51 +4333,51 @@
       <c r="D64" t="inlineStr">
         <is>
           <t>Camali</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
       <c r="I64" t="inlineStr"/>
       <c r="J64" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L64" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M64" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N64" t="inlineStr"/>
       <c r="O64" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=i4V1t4MAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Dilbar-Camali'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/DilberTurksoyCamali'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2726-5733'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1291/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="n">
         <v>1292</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Nadir</t>
         </is>
@@ -4398,51 +4398,51 @@
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G65" t="inlineStr">
         <is>
           <t>filologiya elmləri doktoru</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>Professor</t>
         </is>
       </c>
       <c r="I65" t="inlineStr"/>
       <c r="J65" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>direktor</t>
+          <t>Direktor</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M65" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N65" t="inlineStr"/>
       <c r="O65" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=ywzAKFoAAAAJ&amp;hl=en'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=57210170167'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/NadirMemmedli'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9233-4873'}]</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="n">
         <v>1293</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Baba</t>
         </is>
@@ -4463,51 +4463,51 @@
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I66" t="inlineStr"/>
       <c r="J66" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
-          <t>direktor müavini</t>
+          <t>Direktor müavini</t>
         </is>
       </c>
       <c r="L66" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M66" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N66" t="inlineStr"/>
       <c r="O66" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=PAWsqE4AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/BabaMuharremli'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-7515-6261'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1293/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="n">
         <v>1294</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Aynur</t>
         </is>
@@ -4520,51 +4520,51 @@
       <c r="D67" t="inlineStr">
         <is>
           <t>Saydova</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
       <c r="I67" t="inlineStr"/>
       <c r="J67" t="inlineStr">
         <is>
           <t>Azərbaycan dialektologiyası şöbəsi</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L67" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M67" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N67" t="inlineStr"/>
       <c r="O67" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=3JfZJ_MAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Aynur-Saydova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/SaydovaAynur'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-4118-0290'}]</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="n">
         <v>1295</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Vəsilə</t>
         </is>
@@ -4577,51 +4577,51 @@
       <c r="D68" t="inlineStr">
         <is>
           <t>Xəlilova</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
       <c r="I68" t="inlineStr"/>
       <c r="J68" t="inlineStr">
         <is>
           <t>Müasir Azərbaycan dili şöbəsi</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M68" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N68" t="inlineStr"/>
       <c r="O68" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=eyFCEyEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-8496-780X'}]</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="n">
         <v>1297</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Rəxşanə</t>
         </is>
@@ -4634,51 +4634,51 @@
       <c r="D69" t="inlineStr">
         <is>
           <t>Babazadə</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
       <c r="I69" t="inlineStr"/>
       <c r="J69" t="inlineStr">
         <is>
           <t>Qədim dillər və mədəniyyətlər şöbəsi</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M69" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N69" t="inlineStr"/>
       <c r="O69" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=bRFAKvAAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Rakhshana-Babazada'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/R%C9%99xsan%C9%99Babazad%C9%99'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-6185-3136'}]</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="n">
         <v>1298</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Tünzalə</t>
         </is>
@@ -4691,51 +4691,51 @@
       <c r="D70" t="inlineStr">
         <is>
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
       <c r="I70" t="inlineStr"/>
       <c r="J70" t="inlineStr">
         <is>
           <t>Qədim dillər və mədəniyyətlər şöbəsi</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M70" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N70" t="inlineStr"/>
       <c r="O70" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=7qOFzH8AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Tunzala-Ismayilova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/Tunzala%C4%B0smayilova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-0082-7209'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1298/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="n">
         <v>1299</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Ülkər</t>
         </is>
@@ -4748,51 +4748,51 @@
       <c r="D71" t="inlineStr">
         <is>
           <t>Mirzəyeva</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
       <c r="I71" t="inlineStr"/>
       <c r="J71" t="inlineStr">
         <is>
           <t>Qədim dillər və mədəniyyətlər şöbəsi</t>
         </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L71" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M71" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N71" t="inlineStr"/>
       <c r="O71" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=5hN9Qj4AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Ulker-Mirzayeva'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/MirzeyevaUlker'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-6844-8280'}]</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="n">
         <v>1300</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Böyükxanım</t>
         </is>
@@ -4805,51 +4805,51 @@
       <c r="D72" t="inlineStr">
         <is>
           <t>Əsgərova</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
       <c r="I72" t="inlineStr"/>
       <c r="J72" t="inlineStr">
         <is>
           <t>Qədim dillər və mədəniyyətlər şöbəsi</t>
         </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L72" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M72" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N72" t="inlineStr"/>
       <c r="O72" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=TFoXBdkAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Boeyuekxanim-sgrova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/xanimasgerova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9241-8604'}]</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="n">
         <v>1301</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Türkan</t>
         </is>
@@ -4862,51 +4862,51 @@
       <c r="D73" t="inlineStr">
         <is>
           <t>Nəzərova</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
       <c r="I73" t="inlineStr"/>
       <c r="J73" t="inlineStr">
         <is>
           <t>Qədim dillər və mədəniyyətlər şöbəsi</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L73" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M73" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N73" t="inlineStr"/>
       <c r="O73" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/TurkanNezerova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-6273-9826'}]</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
         <v>1302</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Elnurə</t>
         </is>
@@ -4923,51 +4923,51 @@
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H74" t="inlineStr"/>
       <c r="I74" t="inlineStr"/>
       <c r="J74" t="inlineStr">
         <is>
           <t>Sosiolinqvistika və psixolinqvistika şöbəsi</t>
         </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L74" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M74" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N74" t="inlineStr"/>
       <c r="O74" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=V7G2SJMAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/IQU-9780-2023'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Elnure-Huseynova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://elm.academia.edu/ElnureHuseynova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-4351-2995'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1302/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="n">
         <v>1303</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Xəyal</t>
         </is>
@@ -4980,51 +4980,51 @@
       <c r="D75" t="inlineStr">
         <is>
           <t>Əsgərli</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
       <c r="I75" t="inlineStr"/>
       <c r="J75" t="inlineStr">
         <is>
           <t>Strateji Elmi Tədqiqatlar Mərkəzinin Nitq texnologiyaları laboratoriyası</t>
         </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L75" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M75" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N75" t="inlineStr"/>
       <c r="O75" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=qU6MwzgAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Khayal-Asgarli'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-5113-1583'}]</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="n">
         <v>1304</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -5037,51 +5037,51 @@
       <c r="D76" t="inlineStr">
         <is>
           <t>Hüseynova-Qəhrəmanlı</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
       <c r="I76" t="inlineStr"/>
       <c r="J76" t="inlineStr">
         <is>
           <t>Terminologiya şöbəsi</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M76" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N76" t="inlineStr"/>
       <c r="O76" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Qb93hb8AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Aytan-Huseynova-Gahramanli'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/AytanHuseynova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-9963-0445'}]</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
         <v>1305</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Arzu</t>
         </is>
@@ -5094,51 +5094,51 @@
       <c r="D77" t="inlineStr">
         <is>
           <t>İsgəndərzadə</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
       <c r="I77" t="inlineStr"/>
       <c r="J77" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L77" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M77" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N77" t="inlineStr"/>
       <c r="O77" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=adWI-ScAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Arzu-Isgandarzade'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/Arzuisgenderzadeh'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2068-736X'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1305/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
         <v>1306</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Aynel</t>
         </is>
@@ -5159,51 +5159,51 @@
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t>filologiya elmləri doktoru</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I78" t="inlineStr"/>
       <c r="J78" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
-          <t>elmi katib</t>
+          <t>Elmi katib</t>
         </is>
       </c>
       <c r="L78" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M78" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N78" t="inlineStr"/>
       <c r="O78" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=q1ITNMIAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Aynel-Meshadiyeva'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/AynelMeshadiyeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-8746-6281'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1306/3/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
         <v>1308</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -5216,51 +5216,51 @@
       <c r="D79" t="inlineStr">
         <is>
           <t>Vəlizadə</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
       <c r="I79" t="inlineStr"/>
       <c r="J79" t="inlineStr">
         <is>
           <t>Süni intellekt və kompüter dilçiliyi</t>
         </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L79" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M79" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N79" t="inlineStr"/>
       <c r="O79" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=2PNFSmEAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Nigar-Valizade'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/NigarValizade'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-6018-406X'}]</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="n">
         <v>1309</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
@@ -5273,51 +5273,51 @@
       <c r="D80" t="inlineStr">
         <is>
           <t>Seyidova</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
       <c r="I80" t="inlineStr"/>
       <c r="J80" t="inlineStr">
         <is>
           <t>Terminologiya şöbəsi</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L80" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M80" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N80" t="inlineStr"/>
       <c r="O80" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=c5QJRQEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2804-9231'}]</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
         <v>1310</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -5330,51 +5330,51 @@
       <c r="D81" t="inlineStr">
         <is>
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G81" t="inlineStr"/>
       <c r="H81" t="inlineStr"/>
       <c r="I81" t="inlineStr"/>
       <c r="J81" t="inlineStr">
         <is>
           <t>Sosiolinqvistika və psixolinqvistika şöbəsi</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L81" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M81" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N81" t="inlineStr"/>
       <c r="O81" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=6SHgfYQAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/IQV-5326-2023'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Sevinc-Ismayilova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/SevincIsmayilova7'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-0016-7448'}]</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="n">
         <v>1311</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Şahanə</t>
         </is>
@@ -5387,51 +5387,51 @@
       <c r="D82" t="inlineStr">
         <is>
           <t>Atakişiyeva</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
       <c r="I82" t="inlineStr"/>
       <c r="J82" t="inlineStr">
         <is>
           <t>Sosiolinqvistika və psixolinqvistika şöbəsi</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L82" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M82" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N82" t="inlineStr"/>
       <c r="O82" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="n">
         <v>1312</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Pərvin</t>
         </is>
@@ -5444,51 +5444,51 @@
       <c r="D83" t="inlineStr">
         <is>
           <t>Qarayeva</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
       <c r="I83" t="inlineStr"/>
       <c r="J83" t="inlineStr">
         <is>
           <t>Sosiolinqvistika və psixolinqvistika şöbəsi</t>
         </is>
       </c>
       <c r="K83" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L83" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M83" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N83" t="inlineStr"/>
       <c r="O83" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-6007-4074'}]</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="n">
         <v>1313</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Xədicə</t>
         </is>
@@ -5501,51 +5501,51 @@
       <c r="D84" t="inlineStr">
         <is>
           <t>Qaraqurbanlı</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
       <c r="I84" t="inlineStr"/>
       <c r="J84" t="inlineStr">
         <is>
           <t>Terminologiya şöbəsi</t>
         </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L84" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M84" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N84" t="inlineStr"/>
       <c r="O84" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=gssTs44AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Xadica-Qaraqurbanli'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/XadQaraqurbanli'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-0586-0518'}]</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="n">
         <v>1315</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Cəmilə</t>
         </is>
@@ -5558,51 +5558,51 @@
       <c r="D85" t="inlineStr">
         <is>
           <t>Fətiyeva</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
       <c r="I85" t="inlineStr"/>
       <c r="J85" t="inlineStr">
         <is>
           <t>Tətbiqi dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L85" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M85" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N85" t="inlineStr"/>
       <c r="O85" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=DtpBZXoAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Camila-Fatiyeva'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/CamilaFatiyeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-9334-4353'}]</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="n">
         <v>1316</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Ayşən</t>
         </is>
@@ -5615,51 +5615,51 @@
       <c r="D86" t="inlineStr">
         <is>
           <t>İsmayıllı</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
       <c r="I86" t="inlineStr"/>
       <c r="J86" t="inlineStr">
         <is>
           <t>Toponimika şöbəsi</t>
         </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L86" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M86" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N86" t="inlineStr"/>
       <c r="O86" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-9710-7465'}]</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="n">
         <v>1317</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Kifayət</t>
         </is>
@@ -6152,51 +6152,51 @@
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
           <t>filologiya elmləri doktoru</t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I95" t="inlineStr"/>
       <c r="J95" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K95" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L95" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M95" s="2" t="n">
         <v>45758</v>
       </c>
       <c r="N95" t="inlineStr"/>
       <c r="O95" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=t6a6lPAAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AyselQeribli'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-2651-1258'}]</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="n">
         <v>1326</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>İlhami</t>
         </is>
@@ -6699,51 +6699,51 @@
           <t>Həsənli</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
       <c r="I104" s="2" t="n">
         <v>35949</v>
       </c>
       <c r="J104" t="inlineStr">
         <is>
           <t>Türkologiya jurnalı</t>
         </is>
       </c>
       <c r="K104" t="inlineStr">
         <is>
-          <t>aparıcı mütəxəssis</t>
+          <t>Aparıcı mütəxəssis</t>
         </is>
       </c>
       <c r="L104" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M104" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N104" t="inlineStr"/>
       <c r="O104" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="n">
         <v>1335</v>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Mehriban</t>
         </is>
@@ -6758,51 +6758,51 @@
           <t>Bəylərova</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
       <c r="I105" s="2" t="n">
         <v>18758</v>
       </c>
       <c r="J105" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K105" t="inlineStr">
         <is>
-          <t>arvix müdiri</t>
+          <t>Arvix müdiri</t>
         </is>
       </c>
       <c r="L105" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M105" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N105" t="inlineStr"/>
       <c r="O105" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="n">
         <v>1336</v>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>İlhamə</t>
         </is>
@@ -6817,51 +6817,51 @@
           <t>Bəkirova</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
       <c r="I106" s="2" t="n">
         <v>25070</v>
       </c>
       <c r="J106" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K106" t="inlineStr">
         <is>
-          <t>baş iqtisadçı</t>
+          <t>Baş iqtisadçı</t>
         </is>
       </c>
       <c r="L106" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M106" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N106" t="inlineStr"/>
       <c r="O106" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="n">
         <v>1337</v>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Talehə</t>
         </is>
@@ -6876,51 +6876,51 @@
           <t>Bakıxanova</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
       <c r="I107" s="2" t="n">
         <v>33694</v>
       </c>
       <c r="J107" t="inlineStr">
         <is>
           <t>Kitabxana</t>
         </is>
       </c>
       <c r="K107" t="inlineStr">
         <is>
-          <t>baş kitabxanaçı</t>
+          <t>Baş kitabxanaçı</t>
         </is>
       </c>
       <c r="L107" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M107" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N107" t="inlineStr"/>
       <c r="O107" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="n">
         <v>1338</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Sabir</t>
         </is>
@@ -6935,51 +6935,51 @@
           <t>Mehtiyev</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
       <c r="I108" s="2" t="n">
         <v>17237</v>
       </c>
       <c r="J108" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K108" t="inlineStr">
         <is>
-          <t>baş mühasib</t>
+          <t>Baş mühasib</t>
         </is>
       </c>
       <c r="L108" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M108" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N108" t="inlineStr"/>
       <c r="O108" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="n">
         <v>1339</v>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Aysel</t>
         </is>
@@ -6994,51 +6994,51 @@
           <t>Mövlamova</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
       <c r="I109" s="2" t="n">
         <v>31885</v>
       </c>
       <c r="J109" t="inlineStr">
         <is>
           <t>Toponimika şöbəsi</t>
         </is>
       </c>
       <c r="K109" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L109" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M109" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N109" t="inlineStr"/>
       <c r="O109" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="n">
         <v>1340</v>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Şamama</t>
         </is>
@@ -7053,51 +7053,51 @@
           <t>Təvəkkülova</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
       <c r="I110" s="2" t="n">
         <v>31752</v>
       </c>
       <c r="J110" t="inlineStr">
         <is>
           <t>Türkologiya jurnalı</t>
         </is>
       </c>
       <c r="K110" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L110" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M110" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N110" t="inlineStr"/>
       <c r="O110" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="n">
         <v>1341</v>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -7112,51 +7112,51 @@
           <t>Nağıyeva</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
       <c r="I111" s="2" t="n">
         <v>30715</v>
       </c>
       <c r="J111" t="inlineStr">
         <is>
           <t>Süni intellekt və kompüter dilçiliyi</t>
         </is>
       </c>
       <c r="K111" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L111" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M111" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N111" t="inlineStr"/>
       <c r="O111" t="inlineStr">
         <is>
           <t>[{'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Nigar-Nagiyeva'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/NigarNagiyeva4'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-8457-0272'}]</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="n">
         <v>1342</v>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Natəvan</t>
         </is>
@@ -7171,51 +7171,51 @@
           <t>Ağayeva</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
       <c r="I112" s="2" t="n">
         <v>23393</v>
       </c>
       <c r="J112" t="inlineStr">
         <is>
           <t>Azərbaycan dialektologiyası şöbəsi</t>
         </is>
       </c>
       <c r="K112" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L112" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M112" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N112" t="inlineStr"/>
       <c r="O112" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="n">
         <v>1343</v>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Gülcan</t>
         </is>
@@ -7230,51 +7230,51 @@
           <t>Ələsgərova</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
       <c r="I113" s="2" t="n">
         <v>36423</v>
       </c>
       <c r="J113" t="inlineStr">
         <is>
           <t>Kitabxana</t>
         </is>
       </c>
       <c r="K113" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L113" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M113" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N113" t="inlineStr"/>
       <c r="O113" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="n">
         <v>1344</v>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Sona</t>
         </is>
@@ -7289,51 +7289,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
       <c r="I114" s="2" t="n">
         <v>33231</v>
       </c>
       <c r="J114" t="inlineStr">
         <is>
           <t>Kitabxana</t>
         </is>
       </c>
       <c r="K114" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L114" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M114" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N114" t="inlineStr"/>
       <c r="O114" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="n">
         <v>1345</v>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Anarə</t>
         </is>
@@ -7348,51 +7348,51 @@
           <t>Babayeva</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
       <c r="I115" s="2" t="n">
         <v>28120</v>
       </c>
       <c r="J115" t="inlineStr">
         <is>
           <t>İnsan resursları şöbəsi</t>
         </is>
       </c>
       <c r="K115" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L115" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M115" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N115" t="inlineStr"/>
       <c r="O115" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="n">
         <v>1346</v>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Ayan</t>
         </is>
@@ -7407,51 +7407,51 @@
           <t>Məmmədzadə</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
       <c r="I116" s="2" t="n">
         <v>33159</v>
       </c>
       <c r="J116" t="inlineStr">
         <is>
           <t>İnsan resursları şöbəsi</t>
         </is>
       </c>
       <c r="K116" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L116" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M116" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N116" t="inlineStr"/>
       <c r="O116" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="n">
         <v>1347</v>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Nəzakət</t>
         </is>
@@ -7466,51 +7466,51 @@
           <t>Paşayeva</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
       <c r="I117" s="2" t="n">
         <v>23448</v>
       </c>
       <c r="J117" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K117" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L117" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M117" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N117" t="inlineStr"/>
       <c r="O117" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="n">
         <v>1348</v>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Ülviyyə</t>
         </is>
@@ -7525,51 +7525,51 @@
           <t>Şəbiyeva</t>
         </is>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G118" t="inlineStr"/>
       <c r="H118" t="inlineStr"/>
       <c r="I118" s="2" t="n">
         <v>33632</v>
       </c>
       <c r="J118" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K118" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L118" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M118" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N118" t="inlineStr"/>
       <c r="O118" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="n">
         <v>1349</v>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -7584,51 +7584,51 @@
           <t>Cəfərova</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
       <c r="I119" s="2" t="n">
         <v>31969</v>
       </c>
       <c r="J119" t="inlineStr">
         <is>
           <t>Müasir Azərbaycan dili şöbəsi</t>
         </is>
       </c>
       <c r="K119" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L119" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M119" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N119" t="inlineStr"/>
       <c r="O119" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="n">
         <v>1350</v>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Şəmsiyyə</t>
         </is>
@@ -7643,51 +7643,51 @@
           <t>Seyidova</t>
         </is>
       </c>
       <c r="E120" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G120" t="inlineStr"/>
       <c r="H120" t="inlineStr"/>
       <c r="I120" s="2" t="n">
         <v>35173</v>
       </c>
       <c r="J120" t="inlineStr">
         <is>
           <t>Müasir Azərbaycan dili şöbəsi</t>
         </is>
       </c>
       <c r="K120" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L120" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M120" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N120" t="inlineStr"/>
       <c r="O120" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="n">
         <v>1351</v>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Həcər</t>
         </is>
@@ -7702,51 +7702,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G121" t="inlineStr"/>
       <c r="H121" t="inlineStr"/>
       <c r="I121" s="2" t="n">
         <v>34383</v>
       </c>
       <c r="J121" t="inlineStr">
         <is>
           <t>Toponimika şöbəsi</t>
         </is>
       </c>
       <c r="K121" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L121" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M121" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N121" t="inlineStr"/>
       <c r="O121" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="n">
         <v>1352</v>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Rəna</t>
         </is>
@@ -7761,51 +7761,51 @@
           <t>Abbaslı</t>
         </is>
       </c>
       <c r="E122" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G122" t="inlineStr"/>
       <c r="H122" t="inlineStr"/>
       <c r="I122" s="2" t="n">
         <v>35987</v>
       </c>
       <c r="J122" t="inlineStr">
         <is>
           <t>Azərbaycan dilinin tarixi şöbəsi</t>
         </is>
       </c>
       <c r="K122" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L122" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M122" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N122" t="inlineStr"/>
       <c r="O122" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="n">
         <v>1353</v>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>Xatirə</t>
         </is>
@@ -7820,51 +7820,51 @@
           <t>Məlikova</t>
         </is>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G123" t="inlineStr"/>
       <c r="H123" t="inlineStr"/>
       <c r="I123" s="2" t="n">
         <v>25667</v>
       </c>
       <c r="J123" t="inlineStr">
         <is>
           <t>Nəzəri dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K123" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L123" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M123" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N123" t="inlineStr"/>
       <c r="O123" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="n">
         <v>1354</v>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Şövkət</t>
         </is>
@@ -7879,51 +7879,51 @@
           <t>Nadirova</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
       <c r="I124" s="2" t="n">
         <v>34373</v>
       </c>
       <c r="J124" t="inlineStr">
         <is>
           <t>Tətbiqi dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K124" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L124" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M124" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N124" t="inlineStr"/>
       <c r="O124" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="n">
         <v>1355</v>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Bənövşə</t>
         </is>
@@ -7938,51 +7938,51 @@
           <t>Behbudova</t>
         </is>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G125" t="inlineStr"/>
       <c r="H125" t="inlineStr"/>
       <c r="I125" s="2" t="n">
         <v>35111</v>
       </c>
       <c r="J125" t="inlineStr">
         <is>
           <t>Tətbiqi dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K125" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L125" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M125" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N125" t="inlineStr"/>
       <c r="O125" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="n">
         <v>1357</v>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -7997,51 +7997,51 @@
           <t>Heydərova</t>
         </is>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G126" t="inlineStr"/>
       <c r="H126" t="inlineStr"/>
       <c r="I126" s="2" t="n">
         <v>33942</v>
       </c>
       <c r="J126" t="inlineStr">
         <is>
           <t>Türk dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K126" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L126" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M126" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N126" t="inlineStr"/>
       <c r="O126" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="n">
         <v>1358</v>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Jalə</t>
         </is>
@@ -8056,51 +8056,51 @@
           <t>Əsgərzadə</t>
         </is>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G127" t="inlineStr"/>
       <c r="H127" t="inlineStr"/>
       <c r="I127" s="2" t="n">
         <v>34117</v>
       </c>
       <c r="J127" t="inlineStr">
         <is>
           <t>Sosiolinqvistika və psixolinqvistika şöbəsi</t>
         </is>
       </c>
       <c r="K127" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L127" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M127" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N127" t="inlineStr"/>
       <c r="O127" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="n">
         <v>1359</v>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Sədaqət</t>
         </is>
@@ -8115,51 +8115,51 @@
           <t>Nəcəfova</t>
         </is>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G128" t="inlineStr"/>
       <c r="H128" t="inlineStr"/>
       <c r="I128" s="2" t="n">
         <v>27044</v>
       </c>
       <c r="J128" t="inlineStr">
         <is>
           <t>Hind-Avropa dilləri şöbəsi</t>
         </is>
       </c>
       <c r="K128" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L128" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M128" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N128" t="inlineStr"/>
       <c r="O128" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="n">
         <v>1360</v>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
@@ -8174,51 +8174,51 @@
           <t>Qurbanova</t>
         </is>
       </c>
       <c r="E129" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G129" t="inlineStr"/>
       <c r="H129" t="inlineStr"/>
       <c r="I129" s="2" t="n">
         <v>33458</v>
       </c>
       <c r="J129" t="inlineStr">
         <is>
           <t>Tətbiqi dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K129" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L129" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M129" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N129" t="inlineStr"/>
       <c r="O129" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="n">
         <v>1361</v>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Nərmin</t>
         </is>
@@ -8233,51 +8233,51 @@
           <t>Göyüşova</t>
         </is>
       </c>
       <c r="E130" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G130" t="inlineStr"/>
       <c r="H130" t="inlineStr"/>
       <c r="I130" s="2" t="n">
         <v>30890</v>
       </c>
       <c r="J130" t="inlineStr">
         <is>
           <t>Tətbiqi dilçilik şöbəsi</t>
         </is>
       </c>
       <c r="K130" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L130" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M130" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N130" t="inlineStr"/>
       <c r="O130" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="n">
         <v>1362</v>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Sevil</t>
         </is>
@@ -8292,51 +8292,51 @@
           <t>Süleymanlı</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
       <c r="I131" s="2" t="n">
         <v>22919</v>
       </c>
       <c r="J131" t="inlineStr">
         <is>
           <t>Süni intellekt və kompüter dilçiliyi</t>
         </is>
       </c>
       <c r="K131" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L131" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M131" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N131" t="inlineStr"/>
       <c r="O131" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="n">
         <v>1363</v>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Pərvin</t>
         </is>
@@ -8351,51 +8351,51 @@
           <t>İsayeva</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
       <c r="I132" s="2" t="n">
         <v>25720</v>
       </c>
       <c r="J132" t="inlineStr">
         <is>
           <t>Terminologiya şöbəsi</t>
         </is>
       </c>
       <c r="K132" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L132" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M132" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N132" t="inlineStr"/>
       <c r="O132" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="n">
         <v>1364</v>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Minarə</t>
         </is>
@@ -8410,51 +8410,51 @@
           <t>Məlikzadə-Cavadova</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
       <c r="I133" s="2" t="n">
         <v>34409</v>
       </c>
       <c r="J133" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K133" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L133" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M133" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N133" t="inlineStr"/>
       <c r="O133" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="n">
         <v>1365</v>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -8469,51 +8469,51 @@
           <t>Hüseynova-Səmədova</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
       <c r="I134" s="2" t="n">
         <v>34627</v>
       </c>
       <c r="J134" t="inlineStr">
         <is>
           <t>Terminologiya şöbəsi</t>
         </is>
       </c>
       <c r="K134" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L134" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M134" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N134" t="inlineStr"/>
       <c r="O134" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="n">
         <v>1366</v>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Hüseyn</t>
         </is>
@@ -8528,51 +8528,51 @@
           <t>Məmmədzadə</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
       <c r="I135" s="2" t="n">
         <v>35088</v>
       </c>
       <c r="J135" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K135" t="inlineStr">
         <is>
-          <t>mühasib</t>
+          <t>Mühasib</t>
         </is>
       </c>
       <c r="L135" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M135" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N135" t="inlineStr"/>
       <c r="O135" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="n">
         <v>1367</v>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Xanım</t>
         </is>
@@ -8587,51 +8587,51 @@
           <t>Bayramova</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
       <c r="I136" s="2" t="n">
         <v>34190</v>
       </c>
       <c r="J136" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K136" t="inlineStr">
         <is>
-          <t>mühasib</t>
+          <t>Mühasib</t>
         </is>
       </c>
       <c r="L136" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M136" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N136" t="inlineStr"/>
       <c r="O136" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="n">
         <v>1368</v>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Cavid</t>
         </is>
@@ -8646,51 +8646,51 @@
           <t>Ağaşov</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
       <c r="I137" s="2" t="n">
         <v>24283</v>
       </c>
       <c r="J137" t="inlineStr">
         <is>
           <t>Elektron xidmətlər şöbəsi</t>
         </is>
       </c>
       <c r="K137" t="inlineStr">
         <is>
-          <t>mühəndis proqramçı</t>
+          <t>Mühəndis proqramçı</t>
         </is>
       </c>
       <c r="L137" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M137" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N137" t="inlineStr"/>
       <c r="O137" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="n">
         <v>1369</v>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Mehman</t>
         </is>
@@ -8705,51 +8705,51 @@
           <t>Həsənov</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
       <c r="I138" s="2" t="n">
         <v>22021</v>
       </c>
       <c r="J138" t="inlineStr">
         <is>
           <t>Kitabxana</t>
         </is>
       </c>
       <c r="K138" t="inlineStr">
         <is>
-          <t>mülki müdafiə qərargahının rəisi</t>
+          <t>Mülki müdafiə qərargahının rəisi</t>
         </is>
       </c>
       <c r="L138" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M138" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N138" t="inlineStr"/>
       <c r="O138" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="n">
         <v>1370</v>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Şəbnəm</t>
         </is>
@@ -8764,51 +8764,51 @@
           <t>Ağayarova</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
       <c r="I139" s="2" t="n">
         <v>36567</v>
       </c>
       <c r="J139" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K139" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L139" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M139" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N139" t="inlineStr"/>
       <c r="O139" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="n">
         <v>1371</v>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Səidə</t>
         </is>
@@ -8823,51 +8823,51 @@
           <t>Rzayeva</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
       <c r="I140" s="2" t="n">
         <v>23623</v>
       </c>
       <c r="J140" t="inlineStr">
         <is>
           <t>Təhsil şöbəsi</t>
         </is>
       </c>
       <c r="K140" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L140" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M140" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N140" t="inlineStr"/>
       <c r="O140" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="n">
         <v>1372</v>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Xanım</t>
         </is>
@@ -8882,51 +8882,51 @@
           <t>Sərdari</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
       <c r="I141" s="2" t="n">
         <v>33660</v>
       </c>
       <c r="J141" t="inlineStr">
         <is>
           <t>Türkologiya jurnalı</t>
         </is>
       </c>
       <c r="K141" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L141" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M141" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N141" t="inlineStr"/>
       <c r="O141" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="n">
         <v>1373</v>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Gülnar</t>
         </is>
@@ -8941,51 +8941,51 @@
           <t>Sayılova</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
       <c r="I142" s="2" t="n">
         <v>34793</v>
       </c>
       <c r="J142" t="inlineStr">
         <is>
           <t>Eksperimental fonetik araşdırmalar laboratoriyası (mərkəzi)</t>
         </is>
       </c>
       <c r="K142" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L142" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M142" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N142" t="inlineStr"/>
       <c r="O142" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="n">
         <v>1374</v>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Vasif</t>
         </is>
@@ -9000,51 +9000,51 @@
           <t>Həşimov</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
       <c r="I143" s="2" t="n">
         <v>31711</v>
       </c>
       <c r="J143" t="inlineStr">
         <is>
           <t>Süni intellekt və kompüter dilçiliyi</t>
         </is>
       </c>
       <c r="K143" t="inlineStr">
         <is>
-          <t>proqramlaşdırıcı</t>
+          <t>Proqramlaşdırıcı</t>
         </is>
       </c>
       <c r="L143" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M143" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N143" t="inlineStr"/>
       <c r="O143" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="n">
         <v>1375</v>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Səxavət</t>
         </is>
@@ -9059,51 +9059,51 @@
           <t>Talıbov</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
       <c r="I144" s="2" t="n">
         <v>21016</v>
       </c>
       <c r="J144" t="inlineStr">
         <is>
           <t>Süni intellekt və kompüter dilçiliyi</t>
         </is>
       </c>
       <c r="K144" t="inlineStr">
         <is>
-          <t>proqramlaşdırıcı</t>
+          <t>Proqramlaşdırıcı</t>
         </is>
       </c>
       <c r="L144" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M144" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N144" t="inlineStr"/>
       <c r="O144" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="n">
         <v>1376</v>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Günay</t>
         </is>
@@ -9177,51 +9177,51 @@
           <t>Şəbiyev</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
       <c r="I146" s="2" t="n">
         <v>32148</v>
       </c>
       <c r="J146" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K146" t="inlineStr">
         <is>
-          <t>sürücü</t>
+          <t>Sürücü</t>
         </is>
       </c>
       <c r="L146" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M146" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N146" t="inlineStr"/>
       <c r="O146" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="n">
         <v>1378</v>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Səxavət</t>
         </is>
@@ -9236,51 +9236,51 @@
           <t>Rüstəmova</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
       <c r="I147" s="2" t="n">
         <v>22864</v>
       </c>
       <c r="J147" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K147" t="inlineStr">
         <is>
-          <t>xadimə</t>
+          <t>Xadimə</t>
         </is>
       </c>
       <c r="L147" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M147" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N147" t="inlineStr"/>
       <c r="O147" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="n">
         <v>1379</v>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Afilə</t>
         </is>
@@ -9295,51 +9295,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
       <c r="I148" s="2" t="n">
         <v>19361</v>
       </c>
       <c r="J148" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K148" t="inlineStr">
         <is>
-          <t>xadimə</t>
+          <t>Xadimə</t>
         </is>
       </c>
       <c r="L148" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M148" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N148" t="inlineStr"/>
       <c r="O148" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="n">
         <v>1380</v>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Arzu</t>
         </is>
@@ -9354,51 +9354,51 @@
           <t>İslamova</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
       <c r="I149" s="2" t="n">
         <v>25389</v>
       </c>
       <c r="J149" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K149" t="inlineStr">
         <is>
-          <t>xadimə</t>
+          <t>Xadimə</t>
         </is>
       </c>
       <c r="L149" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M149" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N149" t="inlineStr"/>
       <c r="O149" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="n">
         <v>3106</v>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Aynur</t>
         </is>
@@ -9415,51 +9415,51 @@
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H150" t="inlineStr"/>
       <c r="I150" t="inlineStr"/>
       <c r="J150" t="inlineStr">
         <is>
           <t>Azərbaycan dilinin tarixi şöbəsi</t>
         </is>
       </c>
       <c r="K150" t="inlineStr">
         <is>
-          <t>böyük elmi işçi (0.5)</t>
+          <t>Böyük elmi işçi (0.5)</t>
         </is>
       </c>
       <c r="L150" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M150" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N150" t="inlineStr"/>
       <c r="O150" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=1I36HI8AAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/Q-6058-2018'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Aynur-Mahmud'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/AynuraMahmudova'}, {'platform_name': 'TÜBITAK DergiPark', 'platform_logo': '/media/platform_logos/DP.PNG', 'url': 'https://dergipark.org.tr/tr/pub/@Aynura%20Mahmudova'}]</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="n">
         <v>3181</v>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -9537,51 +9537,51 @@
       <c r="D152" t="inlineStr">
         <is>
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
       <c r="I152" t="inlineStr"/>
       <c r="J152" t="inlineStr">
         <is>
           <t>Monitorinq və linqvistik təhlil</t>
         </is>
       </c>
       <c r="K152" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L152" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M152" s="2" t="n">
         <v>45843</v>
       </c>
       <c r="N152" t="inlineStr"/>
       <c r="O152" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="n">
         <v>3183</v>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Səma</t>
         </is>
@@ -9594,51 +9594,51 @@
       <c r="D153" t="inlineStr">
         <is>
           <t>Vəliyeva</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
       <c r="I153" t="inlineStr"/>
       <c r="J153" t="inlineStr">
         <is>
           <t>Monitorinq və linqvistik təhlil</t>
         </is>
       </c>
       <c r="K153" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L153" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M153" s="2" t="n">
         <v>45843</v>
       </c>
       <c r="N153" t="inlineStr"/>
       <c r="O153" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="n">
         <v>3184</v>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Nazlıxanım</t>
         </is>
@@ -9651,51 +9651,51 @@
       <c r="D154" t="inlineStr">
         <is>
           <t>Teyyubova</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
       <c r="I154" t="inlineStr"/>
       <c r="J154" t="inlineStr">
         <is>
           <t>Monitorinq və linqvistik təhlil</t>
         </is>
       </c>
       <c r="K154" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L154" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M154" s="2" t="n">
         <v>45843</v>
       </c>
       <c r="N154" t="inlineStr"/>
       <c r="O154" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="n">
         <v>3185</v>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Vəfa</t>
         </is>
@@ -9708,51 +9708,51 @@
       <c r="D155" t="inlineStr">
         <is>
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
       <c r="I155" t="inlineStr"/>
       <c r="J155" t="inlineStr">
         <is>
           <t>Monitorinq və linqvistik təhlil</t>
         </is>
       </c>
       <c r="K155" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L155" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M155" s="2" t="n">
         <v>45843</v>
       </c>
       <c r="N155" t="inlineStr"/>
       <c r="O155" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="n">
         <v>3186</v>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -9765,51 +9765,51 @@
       <c r="D156" t="inlineStr">
         <is>
           <t>Hacıyeva</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
       <c r="I156" t="inlineStr"/>
       <c r="J156" t="inlineStr">
         <is>
           <t>Monitorinq və linqvistik təhlil</t>
         </is>
       </c>
       <c r="K156" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L156" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M156" s="2" t="n">
         <v>45843</v>
       </c>
       <c r="N156" t="inlineStr"/>
       <c r="O156" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="n">
         <v>3187</v>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Cəmilə</t>
         </is>
@@ -9822,51 +9822,51 @@
       <c r="D157" t="inlineStr">
         <is>
           <t>Cəfərova</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
       <c r="I157" t="inlineStr"/>
       <c r="J157" t="inlineStr">
         <is>
           <t>Monitorinq və linqvistik təhlil</t>
         </is>
       </c>
       <c r="K157" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L157" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M157" s="2" t="n">
         <v>45843</v>
       </c>
       <c r="N157" t="inlineStr"/>
       <c r="O157" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="n">
         <v>3188</v>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -9887,51 +9887,51 @@
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G158" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H158" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I158" t="inlineStr"/>
       <c r="J158" t="inlineStr">
         <is>
           <t>Azərbaycan dialektologiyası şöbəsi</t>
         </is>
       </c>
       <c r="K158" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L158" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M158" s="2" t="n">
         <v>45843</v>
       </c>
       <c r="N158" t="inlineStr"/>
       <c r="O158" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="n">
         <v>3189</v>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Natəvan</t>
         </is>
@@ -9944,51 +9944,51 @@
       <c r="D159" t="inlineStr">
         <is>
           <t>Rəhmanova</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
       <c r="I159" t="inlineStr"/>
       <c r="J159" t="inlineStr">
         <is>
           <t>Süni intellekt və kompüter dilçiliyi</t>
         </is>
       </c>
       <c r="K159" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L159" t="inlineStr">
         <is>
           <t>Nəsimi adına Dilçilik İnstitutu</t>
         </is>
       </c>
       <c r="M159" s="2" t="n">
         <v>45843</v>
       </c>
       <c r="N159" t="inlineStr"/>
       <c r="O159" t="inlineStr">
         <is>
           <t>[{'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Natavan-Rahmanova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/NatavanRahmanova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-5155-9958'}]</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>