--- v0 (2025-10-02)
+++ v1 (2025-12-03)
@@ -549,6168 +549,5788 @@
           <t>platform_profiles</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="n">
         <v>1381</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Sənubər</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Yusufovna</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Bağırova</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I2" t="inlineStr"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>Musiqi folkloru</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M2" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=c_7J1ioAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-9092-8618'}]</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>1382</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Sürayyə</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Xosrov qızı</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Ağayeva</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H3" t="inlineStr"/>
       <c r="I3" t="inlineStr"/>
       <c r="J3" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M3" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N3" t="inlineStr"/>
       <c r="O3" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=SwkRFbcAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>1383</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Zemfıra</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Yusif qızı</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Səfərova</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Akademik, sənətşünaslıq üzrə elmlər doktoru</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
-          <t>professor</t>
+          <t>Professor</t>
         </is>
       </c>
       <c r="I4" t="inlineStr"/>
       <c r="J4" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M4" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Wu4Xjq4AAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>1384</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Rəna</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Azər qızı</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>AMEA m.ü., sənətşünaslıq üzrə elmlər doktoru</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
-          <t>professor</t>
+          <t>Professor</t>
         </is>
       </c>
       <c r="I5" t="inlineStr"/>
       <c r="J5" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M5" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N5" t="inlineStr"/>
       <c r="O5" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=SJgsjm4AAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>1385</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Fərqanə</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>İsmayıl qızı</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>kulturologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I6" t="inlineStr"/>
       <c r="J6" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M6" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=N6F0CL0AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-7168-7531'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1385/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>1386</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Rəna</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Həbib qızı</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Abdullayeva</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə elmlər doktoru</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
-          <t>professor</t>
+          <t>Professor</t>
         </is>
       </c>
       <c r="I7" t="inlineStr"/>
       <c r="J7" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M7" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N7" t="inlineStr"/>
       <c r="O7" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=fQqsK_cAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-6780-8795'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1386/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>1387</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Gülçin</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Əliabbas qızı</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Kazımi</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>kulturologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I8" t="inlineStr"/>
       <c r="J8" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M8" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N8" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N8" t="inlineStr"/>
       <c r="O8" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=o8fN7lgAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-8619-2050'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1387/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>1388</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Telman</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Ismayıl oğlu</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Ibrahimov</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I9" t="inlineStr"/>
       <c r="J9" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M9" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N9" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N9" t="inlineStr"/>
       <c r="O9" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=rFPHLVIAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-0125-9678'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1388/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>1389</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Vüqar</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Qaracan oğlu</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Kərimli</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
       <c r="I10" t="inlineStr"/>
       <c r="J10" t="inlineStr">
         <is>
           <t>Müdiriyyət</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
           <t>elmi katib</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M10" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N10" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N10" t="inlineStr"/>
       <c r="O10" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=-wgKJ-AAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/KIB-5412-2024'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-5868-8109'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1389/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>1390</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Sehranə</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Ələsgər qızı</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Kasimi</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I11" t="inlineStr"/>
       <c r="J11" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M11" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N11" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N11" t="inlineStr"/>
       <c r="O11" t="inlineStr">
         <is>
-          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=MYNbGVQAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-3752-5270'}]</t>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=MYNbGVQAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-3752-5270'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1390/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>1391</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Sevil</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Məmməd Tağı qızı</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Fərhadova</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G12" t="inlineStr"/>
       <c r="H12" t="inlineStr"/>
       <c r="I12" t="inlineStr"/>
       <c r="J12" t="inlineStr">
         <is>
           <t>Muğamşünaslıq</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M12" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N12" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N12" t="inlineStr"/>
       <c r="O12" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=zFtHkqgAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2358-3574'}]</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>1392</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Samirə</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Altay qızı</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Mir-Bağırzadə</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I13" t="inlineStr"/>
       <c r="J13" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M13" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N13" t="inlineStr"/>
       <c r="O13" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=c7In0cMAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9442-4645'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1392/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>1393</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Namiq</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Ələkbər oğlu</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Abbasov</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>kulturologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I14" t="inlineStr"/>
       <c r="J14" t="inlineStr">
         <is>
           <t>Müdriyyət</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>baş menecer</t>
+          <t>baş mütəxəssis</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M14" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N14" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N14" t="inlineStr"/>
       <c r="O14" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=nl5pD9FjPJcC&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-6500-004X'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1393/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>1394</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Rahibə</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Şanxay qızı</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t>memarlıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I15" t="inlineStr"/>
       <c r="J15" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M15" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N15" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N15" t="inlineStr"/>
       <c r="O15" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=sGGwTnkAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-8166-4972'}]</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>1395</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Ərtegin</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Əbdül Vahab oğlu</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Salamzadə</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t>AMEA-nın m.ü., sənətşünaslıq doktoru</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>Professor</t>
         </is>
       </c>
       <c r="I16" t="inlineStr"/>
       <c r="J16" t="inlineStr">
         <is>
           <t>Müdriyyət</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
           <t>Direktor</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M16" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N16" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N16" t="inlineStr"/>
       <c r="O16" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=UIJhDg4AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-4792-3323'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1395/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>1396</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Samirə</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Altay qızı</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Mir-Bağırzadə</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>memarlıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I17" t="inlineStr"/>
       <c r="J17" t="inlineStr">
         <is>
           <t>Şəhərsalma</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M17" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N17" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N17" t="inlineStr"/>
       <c r="O17" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=N9aUauEAAAAJ&amp;hl=en'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1396/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>1397</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Tofiq qızı</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Kazımova</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I18" t="inlineStr"/>
       <c r="J18" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M18" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N18" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N18" t="inlineStr"/>
       <c r="O18" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=K2Xuud8AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-9776-2741'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1397/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>1398</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Tahir</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Rauf oğlu</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Bayramov</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I19" t="inlineStr"/>
       <c r="J19" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M19" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N19" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N19" t="inlineStr"/>
       <c r="O19" t="inlineStr">
         <is>
-          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=DScAQMEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-0261-7272'}]</t>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=DScAQMEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-0261-7272'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1398/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>1399</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Altay qızı</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Mir-Bağırzadə</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I20" t="inlineStr"/>
       <c r="J20" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M20" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N20" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N20" t="inlineStr"/>
       <c r="O20" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Zh2brgUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-0675-1135'}]</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>1400</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Yeganə</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Akif qızı</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
       <c r="I21" t="inlineStr"/>
       <c r="J21" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M21" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N21" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N21" t="inlineStr"/>
       <c r="O21" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=_PucE4MAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/KIC-0187-2024'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-8448-3745'}]</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>1401</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Afaq</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Böyükağa qızı</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H22" t="inlineStr"/>
       <c r="I22" t="inlineStr"/>
       <c r="J22" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M22" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N22" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N22" t="inlineStr"/>
       <c r="O22" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=VDZfZxEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-5334-0649'}]</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>1402</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Vidadi</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Ramiz oğlu</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>Qafarov</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H23" t="inlineStr"/>
       <c r="I23" t="inlineStr"/>
       <c r="J23" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M23" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N23" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N23" t="inlineStr"/>
       <c r="O23" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=ng-2trwAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-8166-7234'}]</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>1403</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Gülrəna</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Əlixan qızı</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Mirzə</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I24" t="inlineStr"/>
       <c r="J24" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M24" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N24" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N24" t="inlineStr"/>
       <c r="O24" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=_zQxB8QAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-9786-048X'}]</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>1404</v>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Gülarə</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Xasay qızı</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Vəzirova</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H25" t="inlineStr"/>
       <c r="I25" t="inlineStr"/>
       <c r="J25" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M25" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N25" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N25" t="inlineStr"/>
       <c r="O25" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=cC-L1gUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-0052-6236'}]</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>1405</v>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Xəzər</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Atif oğlu</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Zeynalov</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
           <t>sənətşünaslıq ü. fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I26" t="inlineStr"/>
       <c r="J26" t="inlineStr">
         <is>
           <t>Müdriyyət</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
           <t>E.i.ü.direktor müavini</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M26" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N26" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N26" t="inlineStr"/>
       <c r="O26" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=-62_r3kAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-1841-7061'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1405/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>1406</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Rayihə</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Barxudar qızı</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Əmənzadə</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
       <c r="I27" t="inlineStr"/>
       <c r="J27" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M27" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N27" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N27" t="inlineStr"/>
       <c r="O27" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=E7-CEAEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-9286-0994'}]</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>1407</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Roza</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Təvəkkül qızı</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Əlizadə</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
       <c r="I28" t="inlineStr"/>
       <c r="J28" t="inlineStr">
         <is>
           <t>Şəhərsalma</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
           <t>elmi işçi</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M28" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N28" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N28" t="inlineStr"/>
       <c r="O28" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=xqlLtDUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-7809-1229'}]</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>1408</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Arazbəy qızı</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>Mirişova</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
       <c r="I29" t="inlineStr"/>
       <c r="J29" t="inlineStr">
         <is>
           <t>Musiqi folkloru</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
           <t>elmi işçi</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M29" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N29" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N29" t="inlineStr"/>
       <c r="O29" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=N8PtgosAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-4299-3622'}]</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>1409</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Səkinə</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Fərzəli qızı</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>Qasımova</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I30" t="inlineStr"/>
       <c r="J30" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M30" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N30" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N30" t="inlineStr"/>
       <c r="O30" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=otLAzbQAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-7216-8075'}]</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>1410</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Ramil</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Afiq oğlu</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>Quliyev</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H31" t="inlineStr"/>
       <c r="I31" t="inlineStr"/>
       <c r="J31" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M31" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N31" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=THiWsLAAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/KIA-5732-2024'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Ramil-Quliyev'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ramilquliyev'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9694-0985'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1410/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>1411</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Aidə</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Adil qızı</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>Sadıqova</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I32" t="inlineStr"/>
       <c r="J32" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M32" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N32" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N32" t="inlineStr"/>
       <c r="O32" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=CedCQVYAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-6315-025X'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1411/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>1412</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Iradə</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Tofıq qızı</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>Köçərli</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə elmlər doktoru</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
-          <t>professor</t>
+          <t>Professor</t>
         </is>
       </c>
       <c r="I33" t="inlineStr"/>
       <c r="J33" t="inlineStr">
         <is>
           <t>Musiqi folkloru</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M33" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N33" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N33" t="inlineStr"/>
       <c r="O33" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=qyLanMsAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-8556-0228'}]</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>1413</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Rizvan</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Sarı oğlu</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Babaşov</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>memarlıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H34" t="inlineStr"/>
       <c r="I34" t="inlineStr"/>
       <c r="J34" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M34" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N34" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N34" t="inlineStr"/>
       <c r="O34" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=l3HvLVsAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-5352-8806'}]</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>1414</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Mahmudəli qızı</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Tangudur</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>memarlıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I35" t="inlineStr"/>
       <c r="J35" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M35" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N35" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N35" t="inlineStr"/>
       <c r="O35" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=gztAMOAAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-2549-2749'}]</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>1415</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Şamil qızı</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Fətullayeva</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
           <t>memarlıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H36" t="inlineStr"/>
       <c r="I36" t="inlineStr"/>
       <c r="J36" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M36" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N36" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N36" t="inlineStr"/>
       <c r="O36" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=dO_SoiAAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-1853-9704'}]</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>1416</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Mirlətif qızı</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>Məmmədkərimova</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H37" t="inlineStr"/>
       <c r="I37" t="inlineStr"/>
       <c r="J37" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M37" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N37" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N37" t="inlineStr"/>
       <c r="O37" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=3UddglYAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-4282-1598'}]</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>1417</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Nailə</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>Qalib qızı</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
       <c r="I38" t="inlineStr"/>
       <c r="J38" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
           <t>elmi işçi</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M38" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N38" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N38" t="inlineStr"/>
       <c r="O38" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=d5-UXwgAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-6927-265X'}]</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>1418</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Aysel</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>Afiq qızı</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>Talıbova</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
       <c r="I39" t="inlineStr"/>
       <c r="J39" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
           <t>elmi işçi</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M39" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N39" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N39" t="inlineStr"/>
       <c r="O39" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=92TmZlcAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-2149-2554'}]</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>1419</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Oksana</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Ələkbər qızı</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
       <c r="I40" t="inlineStr"/>
       <c r="J40" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M40" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N40" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N40" t="inlineStr"/>
       <c r="O40" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Nu_aAGEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-1671-7480'}]</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>1420</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Şənər</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Niyazi oğlu</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Rzayev</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>memarlıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H41" t="inlineStr"/>
       <c r="I41" t="inlineStr"/>
       <c r="J41" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M41" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N41" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N41" t="inlineStr"/>
       <c r="O41" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=afsOPoAAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>1421</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Zərnaz</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Abdulbar qızı</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>Imanzadə</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
       <c r="I42" t="inlineStr"/>
       <c r="J42" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
           <t>elmi işçi</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M42" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N42" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N42" t="inlineStr"/>
       <c r="O42" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=bjNJB-kAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-3548-8743'}]</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>1422</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Elçin</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>Nəriman oğlu</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>Əliyev</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
       <c r="I43" t="inlineStr"/>
       <c r="J43" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
           <t>elmi işçi</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M43" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N43" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N43" t="inlineStr"/>
       <c r="O43" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=-rEXCN4AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-5439-9945'}]</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>1423</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Tamaşa</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Hidayət qızı</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
           <t>Isayeva</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
       <c r="I44" t="inlineStr"/>
       <c r="J44" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
           <t>elmi işçi</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M44" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N44" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N44" t="inlineStr"/>
       <c r="O44" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=k3e85F8AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-6768-2061'}]</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>1424</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Rəhim qızı</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
           <t>Ramazanova</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
       <c r="I45" t="inlineStr"/>
       <c r="J45" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L45" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M45" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N45" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N45" t="inlineStr"/>
       <c r="O45" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Dj_G4R0AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-1276-8186'}]</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>1425</v>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Eldar qızı</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
       <c r="I46" t="inlineStr"/>
       <c r="J46" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M46" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N46" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N46" t="inlineStr"/>
       <c r="O46" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=QYPz-ycAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>1426</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Salina</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Raviddinovna</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
           <t>Aslanxanova</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
       <c r="I47" t="inlineStr"/>
       <c r="J47" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M47" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N47" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N47" t="inlineStr"/>
       <c r="O47" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=CCPs_SwAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-7372-5854'}]</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>1427</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Elşad</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Ələsgər oğlu</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
           <t>Hüseynov</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>iqtisad üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I48" t="inlineStr"/>
       <c r="J48" t="inlineStr">
         <is>
           <t>Şəhərsalma</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M48" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N48" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N48" t="inlineStr"/>
       <c r="O48" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=6_bIjcMAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-5858-6518'}]</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>1428</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Elçin</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>Firdovsi oğlu</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
           <t>Əliyev</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H49" t="inlineStr"/>
       <c r="I49" t="inlineStr"/>
       <c r="J49" t="inlineStr">
         <is>
           <t>Şəhərsalma</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M49" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N49" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N49" t="inlineStr"/>
       <c r="O49" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=m0CupMIAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-9478-9726'}]</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>1429</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Gülnar</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>Hüseyn qızı</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
           <t>Məmmədsadıqova</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
       <c r="I50" t="inlineStr"/>
       <c r="J50" t="inlineStr">
         <is>
           <t>Şəhərsalma</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
           <t>elmi işçi</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M50" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N50" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N50" t="inlineStr"/>
       <c r="O50" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=eDOenksAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-6555-6790'}]</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>1430</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>Ələkbər qızı</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
           <t>HəsənZadə</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
       <c r="I51" t="inlineStr"/>
       <c r="J51" t="inlineStr">
         <is>
           <t>Şəhərsalma</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M51" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N51" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N51" t="inlineStr"/>
       <c r="O51" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=hoGkUgUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-9022-8276'}]</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
         <v>1431</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>İbrahim qızı</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I52" t="inlineStr"/>
       <c r="J52" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M52" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N52" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N52" t="inlineStr"/>
       <c r="O52" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=9YOoBTEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-2461-0909'}]</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
         <v>1432</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Səyyad</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>İbrahim oğlu</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
           <t>Bayramov</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I53" t="inlineStr"/>
       <c r="J53" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M53" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N53" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N53" t="inlineStr"/>
       <c r="O53" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=wkTuE6oAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-1624-7745'}]</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
         <v>1433</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Aysel</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>Tofiq qızı</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
           <t>Məmmədzadə</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
       <c r="I54" t="inlineStr"/>
       <c r="J54" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M54" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N54" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N54" t="inlineStr"/>
       <c r="O54" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=vUmQCPgAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-6592-1369'}]</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="n">
         <v>1434</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Pərvanə</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>Əli qızı</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H55" t="inlineStr"/>
       <c r="I55" t="inlineStr"/>
       <c r="J55" t="inlineStr">
         <is>
           <t>Təhsil şöbəsi</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
           <t>şöbə rəhbəri</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M55" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N55" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N55" t="inlineStr"/>
       <c r="O55" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=p3u_DVgAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-2600-8443'}]</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="n">
         <v>1435</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Aynur</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>Yusif qızı</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
           <t>Ələkbərova</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
       <c r="I56" t="inlineStr"/>
       <c r="J56" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M56" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N56" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N56" t="inlineStr"/>
       <c r="O56" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=MXs_yJ4AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-4543-7400'}]</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
         <v>1436</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Qorxmaz</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>Məmməd oğlu</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
           <t>Əlilicanzadə</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I57" t="inlineStr"/>
       <c r="J57" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M57" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N57" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N57" t="inlineStr"/>
       <c r="O57" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=r3ysUToAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-4578-5873'}]</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
         <v>1437</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Lamiyə</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>Fərhad qızı</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
       <c r="I58" t="inlineStr"/>
       <c r="J58" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
           <t>elmi işçi</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M58" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N58" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N58" t="inlineStr"/>
       <c r="O58" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=GuwucoYAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-5363-8356'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1437/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
         <v>1438</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Ellada</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>Əmirağa qızı</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
           <t>Abbasova</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
       <c r="I59" t="inlineStr"/>
       <c r="J59" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
           <t>elmi işçi</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M59" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N59" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N59" t="inlineStr"/>
       <c r="O59" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=K33wRT0AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-6242-7404'}]</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
         <v>1439</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Nailə</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>Rasim qızı</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
           <t>Rəhimbəyli</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə elmlər doktoru</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
-          <t>professor</t>
+          <t>Professor</t>
         </is>
       </c>
       <c r="I60" t="inlineStr"/>
       <c r="J60" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
           <t>baş elmi işçi</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M60" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N60" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N60" t="inlineStr"/>
       <c r="O60" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=MiuSTpcAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-2970-8459'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1439/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
         <v>1440</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Ülkər</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>Kamal qızı</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
           <t>Talıbzadə</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I61" t="inlineStr"/>
       <c r="J61" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M61" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N61" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N61" t="inlineStr"/>
       <c r="O61" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=OCd42M0AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-7433-4487'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1440/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="n">
         <v>1441</v>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Əminə</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>Miryusif qızı</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
       <c r="I62" t="inlineStr"/>
       <c r="J62" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M62" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N62" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N62" t="inlineStr"/>
       <c r="O62" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=B5gVi7gAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-4368-3208'}]</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="n">
         <v>1442</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Sitarə</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>Şücaət qızı</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
           <t>Piriyeva</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
       <c r="I63" t="inlineStr"/>
       <c r="J63" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M63" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N63" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N63" t="inlineStr"/>
       <c r="O63" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=TngbFUQAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-1197-8445'}]</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="n">
         <v>1443</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Çilənay</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>Hüseyn qızı</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
           <t>Bədəlova</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
       <c r="I64" t="inlineStr"/>
       <c r="J64" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L64" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M64" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N64" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N64" t="inlineStr"/>
       <c r="O64" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=v4U-cxUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-4271-4458'}]</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="n">
         <v>1444</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Tutu</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>Əlisəfər qızı</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
       <c r="I65" t="inlineStr"/>
       <c r="J65" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
           <t>kiçik elmi işçi (əvəzedən)</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M65" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N65" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N65" t="inlineStr"/>
       <c r="O65" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=FZztPFcAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="n">
         <v>1445</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Xumar</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>Zakir qızı</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
           <t>Bayramova</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I66" t="inlineStr"/>
       <c r="J66" t="inlineStr">
         <is>
           <t>Musiqi folkloru</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L66" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M66" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N66" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N66" t="inlineStr"/>
       <c r="O66" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=RXsjlzQAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-6523-554X'}]</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="n">
         <v>1446</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Kəmalə</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>Ələşrəf qızı</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
           <t>Atakişiyeva</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I67" t="inlineStr"/>
       <c r="J67" t="inlineStr">
         <is>
           <t>Musiqi folkloru</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L67" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M67" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N67" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N67" t="inlineStr"/>
       <c r="O67" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=y_MZY1IAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-3170-9520'}]</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="n">
         <v>1447</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Şəmsi</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>Bala qızı</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
           <t>Gülməmmədova</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H68" t="inlineStr"/>
       <c r="I68" t="inlineStr"/>
       <c r="J68" t="inlineStr">
         <is>
           <t>Musiqi folkloru</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M68" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N68" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N68" t="inlineStr"/>
       <c r="O68" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=axhsitIAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-4165-5761'}]</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="n">
         <v>1448</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Yeganə</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>Zirəddin qızı</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
           <t>Bayramlı</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H69" t="inlineStr"/>
       <c r="I69" t="inlineStr"/>
       <c r="J69" t="inlineStr">
         <is>
           <t>Muğamşünaslıq</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M69" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N69" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N69" t="inlineStr"/>
       <c r="O69" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=MmYR_SsAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-7980-6919'}]</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="n">
         <v>1449</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Turanxanım</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>Hidayət qızı</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
           <t>Şirzadova</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
       <c r="I70" t="inlineStr"/>
       <c r="J70" t="inlineStr">
         <is>
           <t>Muğamşünaslıq</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M70" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N70" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N70" t="inlineStr"/>
       <c r="O70" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=PJnzTcUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-3305-662X'}]</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="n">
         <v>1450</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Bəbir</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>Tofiq oğlu</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
           <t>Zeynal</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
       <c r="I71" t="inlineStr"/>
       <c r="J71" t="inlineStr">
         <is>
           <t>Muğamşünaslıq</t>
         </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L71" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M71" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N71" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N71" t="inlineStr"/>
       <c r="O71" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=rb9B2pcAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-7145-237X'}]</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="n">
         <v>1451</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Ləman</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Sahib qızı</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
           <t>Rüstəmli</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
       <c r="I72" t="inlineStr"/>
       <c r="J72" t="inlineStr">
         <is>
           <t>Muğamşünaslıq</t>
         </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L72" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M72" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N72" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N72" t="inlineStr"/>
       <c r="O72" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=CbYRs8oAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-0331-3451'}]</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="n">
         <v>1452</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Nərminə</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Kərim qızı</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
           <t>Ağayeva</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I73" t="inlineStr"/>
       <c r="J73" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L73" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M73" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N73" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N73" t="inlineStr"/>
       <c r="O73" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=5gTZ6n8AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-1459-2913'}]</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
         <v>1453</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Ayaz</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Ramiz oğlu</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
           <t>Salayev</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
       <c r="I74" t="inlineStr"/>
       <c r="J74" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
           <t>böyük elmi içi</t>
         </is>
       </c>
       <c r="L74" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M74" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N74" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N74" t="inlineStr"/>
       <c r="O74" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=k3HaMwIAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="n">
         <v>1454</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Məlahət</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>Rafael qızı</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
           <t>Ağayeva</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H75" t="inlineStr"/>
       <c r="I75" t="inlineStr"/>
       <c r="J75" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L75" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M75" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N75" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N75" t="inlineStr"/>
       <c r="O75" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=pb92dJMAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-0859-7188'}]</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="n">
         <v>1455</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Gülnarə</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Inqlab qızı</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>Kərimova</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I76" t="inlineStr"/>
       <c r="J76" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M76" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N76" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N76" t="inlineStr"/>
       <c r="O76" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=oGSijJ8AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-3789-7823'}]</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
         <v>1456</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Əlləz</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>Səlimxan oğlu</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
           <t>Əhmədov</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
       <c r="I77" t="inlineStr"/>
       <c r="J77" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
           <t>elmi işçi</t>
         </is>
       </c>
       <c r="L77" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M77" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N77" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N77" t="inlineStr"/>
       <c r="O77" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=k-omgLAAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-9792-467X'}]</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
         <v>1457</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Fidan</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>Vasif qızı</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
           <t>Rzayeva</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
       <c r="I78" t="inlineStr"/>
       <c r="J78" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L78" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M78" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N78" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N78" t="inlineStr"/>
       <c r="O78" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=R1fMtZsAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-6262-7312'}]</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
         <v>1458</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Pərviz</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Mərdan oğlu</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Mərdanlı</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
       <c r="I79" t="inlineStr"/>
       <c r="J79" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L79" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M79" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N79" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N79" t="inlineStr"/>
       <c r="O79" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=h3-hsWkAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-2638-3532'}]</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="n">
         <v>1459</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Əfsanə</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>Ağayar qızı</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
           <t>Babayeva</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
-          <t>dosent</t>
+          <t>Dosent</t>
         </is>
       </c>
       <c r="I80" t="inlineStr"/>
       <c r="J80" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
           <t>aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L80" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M80" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N80" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N80" t="inlineStr"/>
       <c r="O80" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=d8uKh8wAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-2631-7514'}]</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
         <v>1460</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Şəhla</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>Həsən qızı</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H81" t="inlineStr"/>
       <c r="I81" t="inlineStr"/>
       <c r="J81" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
           <t>böyük elmi işçi</t>
         </is>
       </c>
       <c r="L81" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M81" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N81" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N81" t="inlineStr"/>
       <c r="O81" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=evS3RMMAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-4391-9007'}]</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="n">
         <v>1461</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Nərgiz</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>Nürəddin qızı</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
           <t>Həbibova</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
       <c r="I82" t="inlineStr"/>
       <c r="J82" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
           <t>elmi işçi</t>
         </is>
       </c>
       <c r="L82" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M82" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N82" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N82" t="inlineStr"/>
       <c r="O82" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=aVnNzIcAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-5728-3059'}]</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="n">
         <v>1462</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Pərvanə</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>Mehdi qızı</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
           <t>İbrahimova</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
-          <t>scientific</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
       <c r="I83" t="inlineStr"/>
       <c r="J83" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K83" t="inlineStr">
         <is>
           <t>kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L83" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M83" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N83" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N83" t="inlineStr"/>
       <c r="O83" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=2sEsJMUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-7067-6140'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1462/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="n">
         <v>1463</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Cəmilə</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>Elxan qızı</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
       <c r="I84" s="2" t="n">
         <v>32455</v>
       </c>
       <c r="J84" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
           <t>baş iqtisadçı</t>
         </is>
       </c>
       <c r="L84" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M84" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N84" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N84" t="inlineStr"/>
       <c r="O84" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="n">
         <v>1464</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Aynur</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>Elburus qızı</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
       <c r="I85" s="2" t="n">
         <v>32354</v>
       </c>
       <c r="J85" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
           <t>baş mühasib</t>
         </is>
       </c>
       <c r="L85" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M85" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N85" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N85" t="inlineStr"/>
       <c r="O85" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="n">
         <v>1465</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Vəfa</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>Cəsarət qızı</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
       <c r="I86" s="2" t="n">
         <v>33751</v>
       </c>
       <c r="J86" t="inlineStr">
         <is>
           <t>İctimaiyyətlə əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
           <t>baş mütəxəssis</t>
         </is>
       </c>
       <c r="L86" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M86" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N86" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N86" t="inlineStr"/>
       <c r="O86" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="n">
         <v>1466</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>İlahə</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>Aslan qızı</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
           <t>Cəlilova</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
       <c r="I87" s="2" t="n">
         <v>30978</v>
       </c>
       <c r="J87" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K87" t="inlineStr">
         <is>
           <t>baş mütəxəssis</t>
         </is>
       </c>
       <c r="L87" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M87" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N87" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N87" t="inlineStr"/>
       <c r="O87" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="n">
         <v>1467</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Rüxsarə</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>Eldar qızı</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
           <t>Əlizadə</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
       <c r="I88" s="2" t="n">
         <v>35043</v>
       </c>
       <c r="J88" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi şöbəsi</t>
         </is>
       </c>
       <c r="K88" t="inlineStr">
         <is>
           <t>böyük laborant</t>
         </is>
       </c>
       <c r="L88" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M88" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N88" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N88" t="inlineStr"/>
       <c r="O88" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="n">
         <v>1468</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>Elçin qızı</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
           <t>Heydərova</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
       <c r="I89" s="2" t="n">
         <v>32729</v>
       </c>
       <c r="J89" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K89" t="inlineStr">
         <is>
           <t>direktor köməkçisi</t>
         </is>
       </c>
       <c r="L89" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M89" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N89" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N89" t="inlineStr"/>
       <c r="O89" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="n">
         <v>1469</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Sayad</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>Fidaxiyevna</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
           <t>Damirova</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
       <c r="I90" s="2" t="n">
         <v>33837</v>
       </c>
       <c r="J90" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K90" t="inlineStr">
         <is>
           <t>mühasib</t>
         </is>
       </c>
       <c r="L90" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M90" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N90" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N90" t="inlineStr"/>
       <c r="O90" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="n">
         <v>1470</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Eşqin</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>Nuru oğlu</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
           <t>Məmmədov</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
       <c r="I91" s="2" t="n">
         <v>33835</v>
       </c>
       <c r="J91" t="inlineStr">
         <is>
           <t>Elektron xidmətlər şöbəsi</t>
         </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
           <t>mütəxəssis</t>
         </is>
       </c>
       <c r="L91" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M91" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N91" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N91" t="inlineStr"/>
       <c r="O91" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="n">
         <v>1471</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>İsmayıl qızı</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
           <t>Aslanova</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
       <c r="I92" s="2" t="n">
         <v>30191</v>
       </c>
       <c r="J92" t="inlineStr">
         <is>
           <t>Kadrlar şöbəsi</t>
         </is>
       </c>
       <c r="K92" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L92" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M92" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N92" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N92" t="inlineStr"/>
       <c r="O92" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="n">
         <v>1472</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>Nadir</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>Yahya oğlu</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
           <t>Həsənov</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
       <c r="I93" s="2" t="n">
         <v>23446</v>
       </c>
       <c r="J93" t="inlineStr">
         <is>
           <t>Elektron xidmətlər şöbəsi</t>
         </is>
       </c>
       <c r="K93" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L93" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M93" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N93" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N93" t="inlineStr"/>
       <c r="O93" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="n">
         <v>1473</v>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>Rəfiqə</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>Məhəmməd qızı</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
           <t>Ağakişiyeva</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
       <c r="I94" s="2" t="n">
         <v>23043</v>
       </c>
       <c r="J94" t="inlineStr">
         <is>
           <t>İctimaiyyətlə əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K94" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L94" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M94" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N94" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N94" t="inlineStr"/>
       <c r="O94" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="n">
         <v>1474</v>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>Aygül</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>Faiq qızı</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
           <t>Qasımova</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
       <c r="I95" s="2" t="n">
         <v>33328</v>
       </c>
       <c r="J95" t="inlineStr">
         <is>
           <t>Kadrlar şöbəsi</t>
         </is>
       </c>
       <c r="K95" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L95" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M95" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N95" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N95" t="inlineStr"/>
       <c r="O95" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="n">
         <v>1475</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Rafiq</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>Afiq</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
           <t>Quliyev</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
-          <t>current</t>
+          <t>İşləyir</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
-          <t>ordinary</t>
+          <t>İşçi</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
       <c r="I96" s="2" t="n">
         <v>30848</v>
       </c>
       <c r="J96" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K96" t="inlineStr">
         <is>
           <t>təsərrüfat müdiri</t>
         </is>
       </c>
       <c r="L96" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M96" s="2" t="n">
         <v>45292</v>
       </c>
-      <c r="N96" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N96" t="inlineStr"/>
       <c r="O96" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>