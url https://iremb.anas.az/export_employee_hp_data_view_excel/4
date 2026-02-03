--- v1 (2025-12-03)
+++ v2 (2026-02-03)
@@ -575,51 +575,51 @@
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I2" t="inlineStr"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>Musiqi folkloru</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M2" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=c_7J1ioAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-9092-8618'}]</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>1382</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Sürayyə</t>
         </is>
@@ -636,51 +636,51 @@
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H3" t="inlineStr"/>
       <c r="I3" t="inlineStr"/>
       <c r="J3" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M3" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N3" t="inlineStr"/>
       <c r="O3" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=SwkRFbcAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>1383</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Zemfıra</t>
         </is>
@@ -831,51 +831,51 @@
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>kulturologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I6" t="inlineStr"/>
       <c r="J6" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M6" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=N6F0CL0AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-7168-7531'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1385/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>1386</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Rəna</t>
         </is>
@@ -961,51 +961,51 @@
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>kulturologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I8" t="inlineStr"/>
       <c r="J8" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M8" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N8" t="inlineStr"/>
       <c r="O8" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=o8fN7lgAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-8619-2050'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1387/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>1388</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Telman</t>
         </is>
@@ -1026,51 +1026,51 @@
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I9" t="inlineStr"/>
       <c r="J9" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M9" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N9" t="inlineStr"/>
       <c r="O9" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=rFPHLVIAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-0125-9678'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1388/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>1389</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Vüqar</t>
         </is>
@@ -1083,51 +1083,51 @@
       <c r="D10" t="inlineStr">
         <is>
           <t>Kərimli</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G10" t="inlineStr"/>
       <c r="H10" t="inlineStr"/>
       <c r="I10" t="inlineStr"/>
       <c r="J10" t="inlineStr">
         <is>
           <t>Müdiriyyət</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>elmi katib</t>
+          <t>Elmi katib</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M10" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N10" t="inlineStr"/>
       <c r="O10" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=-wgKJ-AAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/KIB-5412-2024'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-5868-8109'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1389/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>1390</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Sehranə</t>
         </is>
@@ -1148,51 +1148,51 @@
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I11" t="inlineStr"/>
       <c r="J11" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M11" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N11" t="inlineStr"/>
       <c r="O11" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=MYNbGVQAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-3752-5270'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1390/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>1391</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Sevil</t>
         </is>
@@ -1270,51 +1270,51 @@
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I13" t="inlineStr"/>
       <c r="J13" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M13" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N13" t="inlineStr"/>
       <c r="O13" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=c7In0cMAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9442-4645'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1392/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>1393</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Namiq</t>
         </is>
@@ -1335,51 +1335,51 @@
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>kulturologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I14" t="inlineStr"/>
       <c r="J14" t="inlineStr">
         <is>
           <t>Müdriyyət</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M14" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N14" t="inlineStr"/>
       <c r="O14" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=nl5pD9FjPJcC&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-6500-004X'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1393/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>1394</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Rahibə</t>
         </is>
@@ -1595,51 +1595,51 @@
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I18" t="inlineStr"/>
       <c r="J18" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M18" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N18" t="inlineStr"/>
       <c r="O18" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=K2Xuud8AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-9776-2741'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1397/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>1398</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Tahir</t>
         </is>
@@ -1660,51 +1660,51 @@
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I19" t="inlineStr"/>
       <c r="J19" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M19" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N19" t="inlineStr"/>
       <c r="O19" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=DScAQMEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-0261-7272'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1398/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>1399</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
@@ -1725,51 +1725,51 @@
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I20" t="inlineStr"/>
       <c r="J20" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M20" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N20" t="inlineStr"/>
       <c r="O20" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Zh2brgUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-0675-1135'}]</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>1400</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Yeganə</t>
         </is>
@@ -1782,51 +1782,51 @@
       <c r="D21" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G21" t="inlineStr"/>
       <c r="H21" t="inlineStr"/>
       <c r="I21" t="inlineStr"/>
       <c r="J21" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M21" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N21" t="inlineStr"/>
       <c r="O21" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=_PucE4MAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/KIC-0187-2024'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-8448-3745'}]</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>1401</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Afaq</t>
         </is>
@@ -1843,51 +1843,51 @@
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H22" t="inlineStr"/>
       <c r="I22" t="inlineStr"/>
       <c r="J22" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M22" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N22" t="inlineStr"/>
       <c r="O22" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=VDZfZxEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-5334-0649'}]</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>1402</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Vidadi</t>
         </is>
@@ -1969,51 +1969,51 @@
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I24" t="inlineStr"/>
       <c r="J24" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M24" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N24" t="inlineStr"/>
       <c r="O24" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=_zQxB8QAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-9786-048X'}]</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>1404</v>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Gülarə</t>
         </is>
@@ -2030,51 +2030,51 @@
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H25" t="inlineStr"/>
       <c r="I25" t="inlineStr"/>
       <c r="J25" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M25" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N25" t="inlineStr"/>
       <c r="O25" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=cC-L1gUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-0052-6236'}]</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>1405</v>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Xəzər</t>
         </is>
@@ -2209,51 +2209,51 @@
       <c r="D28" t="inlineStr">
         <is>
           <t>Əlizadə</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G28" t="inlineStr"/>
       <c r="H28" t="inlineStr"/>
       <c r="I28" t="inlineStr"/>
       <c r="J28" t="inlineStr">
         <is>
           <t>Şəhərsalma</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M28" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N28" t="inlineStr"/>
       <c r="O28" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=xqlLtDUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-7809-1229'}]</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>1408</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
@@ -2266,51 +2266,51 @@
       <c r="D29" t="inlineStr">
         <is>
           <t>Mirişova</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G29" t="inlineStr"/>
       <c r="H29" t="inlineStr"/>
       <c r="I29" t="inlineStr"/>
       <c r="J29" t="inlineStr">
         <is>
           <t>Musiqi folkloru</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M29" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N29" t="inlineStr"/>
       <c r="O29" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=N8PtgosAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-4299-3622'}]</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>1409</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Səkinə</t>
         </is>
@@ -2331,51 +2331,51 @@
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H30" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I30" t="inlineStr"/>
       <c r="J30" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M30" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N30" t="inlineStr"/>
       <c r="O30" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=otLAzbQAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-7216-8075'}]</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>1410</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Ramil</t>
         </is>
@@ -2392,51 +2392,51 @@
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H31" t="inlineStr"/>
       <c r="I31" t="inlineStr"/>
       <c r="J31" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M31" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=THiWsLAAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/KIA-5732-2024'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Ramil-Quliyev'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ramilquliyev'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9694-0985'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1410/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>1411</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Aidə</t>
         </is>
@@ -2583,51 +2583,51 @@
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>memarlıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H34" t="inlineStr"/>
       <c r="I34" t="inlineStr"/>
       <c r="J34" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M34" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N34" t="inlineStr"/>
       <c r="O34" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=l3HvLVsAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-5352-8806'}]</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>1414</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -2648,51 +2648,51 @@
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>memarlıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I35" t="inlineStr"/>
       <c r="J35" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M35" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N35" t="inlineStr"/>
       <c r="O35" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=gztAMOAAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-2549-2749'}]</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>1415</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -2709,51 +2709,51 @@
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
           <t>memarlıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H36" t="inlineStr"/>
       <c r="I36" t="inlineStr"/>
       <c r="J36" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M36" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N36" t="inlineStr"/>
       <c r="O36" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=dO_SoiAAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-1853-9704'}]</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>1416</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -2770,51 +2770,51 @@
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H37" t="inlineStr"/>
       <c r="I37" t="inlineStr"/>
       <c r="J37" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M37" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N37" t="inlineStr"/>
       <c r="O37" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=3UddglYAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-4282-1598'}]</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>1417</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Nailə</t>
         </is>
@@ -2827,51 +2827,51 @@
       <c r="D38" t="inlineStr">
         <is>
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G38" t="inlineStr"/>
       <c r="H38" t="inlineStr"/>
       <c r="I38" t="inlineStr"/>
       <c r="J38" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M38" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N38" t="inlineStr"/>
       <c r="O38" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=d5-UXwgAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-6927-265X'}]</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>1418</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Aysel</t>
         </is>
@@ -2884,51 +2884,51 @@
       <c r="D39" t="inlineStr">
         <is>
           <t>Talıbova</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G39" t="inlineStr"/>
       <c r="H39" t="inlineStr"/>
       <c r="I39" t="inlineStr"/>
       <c r="J39" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M39" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N39" t="inlineStr"/>
       <c r="O39" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=92TmZlcAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-2149-2554'}]</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>1419</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Oksana</t>
         </is>
@@ -2941,51 +2941,51 @@
       <c r="D40" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G40" t="inlineStr"/>
       <c r="H40" t="inlineStr"/>
       <c r="I40" t="inlineStr"/>
       <c r="J40" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M40" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N40" t="inlineStr"/>
       <c r="O40" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Nu_aAGEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-1671-7480'}]</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>1420</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Şənər</t>
         </is>
@@ -3002,51 +3002,51 @@
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>memarlıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H41" t="inlineStr"/>
       <c r="I41" t="inlineStr"/>
       <c r="J41" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M41" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N41" t="inlineStr"/>
       <c r="O41" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=afsOPoAAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>1421</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Zərnaz</t>
         </is>
@@ -3059,51 +3059,51 @@
       <c r="D42" t="inlineStr">
         <is>
           <t>Imanzadə</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
       <c r="I42" t="inlineStr"/>
       <c r="J42" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M42" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N42" t="inlineStr"/>
       <c r="O42" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=bjNJB-kAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-3548-8743'}]</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>1422</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Elçin</t>
         </is>
@@ -3116,51 +3116,51 @@
       <c r="D43" t="inlineStr">
         <is>
           <t>Əliyev</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
       <c r="I43" t="inlineStr"/>
       <c r="J43" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M43" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N43" t="inlineStr"/>
       <c r="O43" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=-rEXCN4AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-5439-9945'}]</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>1423</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Tamaşa</t>
         </is>
@@ -3173,51 +3173,51 @@
       <c r="D44" t="inlineStr">
         <is>
           <t>Isayeva</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G44" t="inlineStr"/>
       <c r="H44" t="inlineStr"/>
       <c r="I44" t="inlineStr"/>
       <c r="J44" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M44" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N44" t="inlineStr"/>
       <c r="O44" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=k3e85F8AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-6768-2061'}]</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>1424</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -3230,51 +3230,51 @@
       <c r="D45" t="inlineStr">
         <is>
           <t>Ramazanova</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
       <c r="I45" t="inlineStr"/>
       <c r="J45" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L45" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M45" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N45" t="inlineStr"/>
       <c r="O45" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Dj_G4R0AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-1276-8186'}]</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>1425</v>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
@@ -3287,51 +3287,51 @@
       <c r="D46" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
       <c r="I46" t="inlineStr"/>
       <c r="J46" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M46" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N46" t="inlineStr"/>
       <c r="O46" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=QYPz-ycAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>1426</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Salina</t>
         </is>
@@ -3344,51 +3344,51 @@
       <c r="D47" t="inlineStr">
         <is>
           <t>Aslanxanova</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
       <c r="I47" t="inlineStr"/>
       <c r="J47" t="inlineStr">
         <is>
           <t>Memarlıq abidələrinin qorunması və bərpa problemləri</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M47" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N47" t="inlineStr"/>
       <c r="O47" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=CCPs_SwAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-7372-5854'}]</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>1427</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Elşad</t>
         </is>
@@ -3409,51 +3409,51 @@
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>iqtisad üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I48" t="inlineStr"/>
       <c r="J48" t="inlineStr">
         <is>
           <t>Şəhərsalma</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M48" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N48" t="inlineStr"/>
       <c r="O48" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=6_bIjcMAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-5858-6518'}]</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>1428</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Elçin</t>
         </is>
@@ -3470,51 +3470,51 @@
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H49" t="inlineStr"/>
       <c r="I49" t="inlineStr"/>
       <c r="J49" t="inlineStr">
         <is>
           <t>Şəhərsalma</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M49" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N49" t="inlineStr"/>
       <c r="O49" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=m0CupMIAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-9478-9726'}]</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>1429</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Gülnar</t>
         </is>
@@ -3527,51 +3527,51 @@
       <c r="D50" t="inlineStr">
         <is>
           <t>Məmmədsadıqova</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
       <c r="I50" t="inlineStr"/>
       <c r="J50" t="inlineStr">
         <is>
           <t>Şəhərsalma</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M50" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N50" t="inlineStr"/>
       <c r="O50" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=eDOenksAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-6555-6790'}]</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>1430</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -3584,51 +3584,51 @@
       <c r="D51" t="inlineStr">
         <is>
           <t>HəsənZadə</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
       <c r="I51" t="inlineStr"/>
       <c r="J51" t="inlineStr">
         <is>
           <t>Şəhərsalma</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M51" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N51" t="inlineStr"/>
       <c r="O51" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=hoGkUgUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-9022-8276'}]</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
         <v>1431</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
@@ -3649,51 +3649,51 @@
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I52" t="inlineStr"/>
       <c r="J52" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M52" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N52" t="inlineStr"/>
       <c r="O52" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=9YOoBTEAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-2461-0909'}]</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
         <v>1432</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Səyyad</t>
         </is>
@@ -3714,51 +3714,51 @@
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I53" t="inlineStr"/>
       <c r="J53" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M53" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N53" t="inlineStr"/>
       <c r="O53" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=wkTuE6oAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-1624-7745'}]</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
         <v>1433</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Aysel</t>
         </is>
@@ -3771,51 +3771,51 @@
       <c r="D54" t="inlineStr">
         <is>
           <t>Məmmədzadə</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
       <c r="I54" t="inlineStr"/>
       <c r="J54" t="inlineStr">
         <is>
           <t>Təsviri, dekorativ-tətbiqi sənətlər və heraldika</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M54" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N54" t="inlineStr"/>
       <c r="O54" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=vUmQCPgAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-6592-1369'}]</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="n">
         <v>1434</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Pərvanə</t>
         </is>
@@ -3889,51 +3889,51 @@
       <c r="D56" t="inlineStr">
         <is>
           <t>Ələkbərova</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
       <c r="I56" t="inlineStr"/>
       <c r="J56" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M56" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N56" t="inlineStr"/>
       <c r="O56" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=MXs_yJ4AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-4543-7400'}]</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
         <v>1436</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Qorxmaz</t>
         </is>
@@ -3954,51 +3954,51 @@
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I57" t="inlineStr"/>
       <c r="J57" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M57" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N57" t="inlineStr"/>
       <c r="O57" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=r3ysUToAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-4578-5873'}]</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
         <v>1437</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Lamiyə</t>
         </is>
@@ -4011,51 +4011,51 @@
       <c r="D58" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
       <c r="I58" t="inlineStr"/>
       <c r="J58" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M58" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N58" t="inlineStr"/>
       <c r="O58" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=GuwucoYAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-5363-8356'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1437/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
         <v>1438</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Ellada</t>
         </is>
@@ -4068,51 +4068,51 @@
       <c r="D59" t="inlineStr">
         <is>
           <t>Abbasova</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
       <c r="I59" t="inlineStr"/>
       <c r="J59" t="inlineStr">
         <is>
           <t>Kulturologiya və incəsənətin nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M59" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N59" t="inlineStr"/>
       <c r="O59" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=K33wRT0AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-6242-7404'}]</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
         <v>1439</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Nailə</t>
         </is>
@@ -4133,51 +4133,51 @@
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə elmlər doktoru</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
           <t>Professor</t>
         </is>
       </c>
       <c r="I60" t="inlineStr"/>
       <c r="J60" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M60" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N60" t="inlineStr"/>
       <c r="O60" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=MiuSTpcAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-2970-8459'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1439/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
         <v>1440</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Ülkər</t>
         </is>
@@ -4198,51 +4198,51 @@
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I61" t="inlineStr"/>
       <c r="J61" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M61" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N61" t="inlineStr"/>
       <c r="O61" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=OCd42M0AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-7433-4487'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1440/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="n">
         <v>1441</v>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Əminə</t>
         </is>
@@ -4255,51 +4255,51 @@
       <c r="D62" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
       <c r="I62" t="inlineStr"/>
       <c r="J62" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M62" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N62" t="inlineStr"/>
       <c r="O62" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=B5gVi7gAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-4368-3208'}]</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="n">
         <v>1442</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Sitarə</t>
         </is>
@@ -4312,51 +4312,51 @@
       <c r="D63" t="inlineStr">
         <is>
           <t>Piriyeva</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
       <c r="I63" t="inlineStr"/>
       <c r="J63" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M63" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N63" t="inlineStr"/>
       <c r="O63" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=TngbFUQAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-1197-8445'}]</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="n">
         <v>1443</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Çilənay</t>
         </is>
@@ -4369,51 +4369,51 @@
       <c r="D64" t="inlineStr">
         <is>
           <t>Bədəlova</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
       <c r="I64" t="inlineStr"/>
       <c r="J64" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L64" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M64" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N64" t="inlineStr"/>
       <c r="O64" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=v4U-cxUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-4271-4458'}]</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="n">
         <v>1444</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Tutu</t>
         </is>
@@ -4426,51 +4426,51 @@
       <c r="D65" t="inlineStr">
         <is>
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
       <c r="I65" t="inlineStr"/>
       <c r="J65" t="inlineStr">
         <is>
           <t>Musıqı tarixı və nəzəriyyəsı</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi (əvəzedən)</t>
+          <t>Kiçik elmi işçi (əvəzedən)</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M65" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N65" t="inlineStr"/>
       <c r="O65" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=FZztPFcAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="n">
         <v>1445</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Xumar</t>
         </is>
@@ -4491,51 +4491,51 @@
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G66" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I66" t="inlineStr"/>
       <c r="J66" t="inlineStr">
         <is>
           <t>Musiqi folkloru</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L66" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M66" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N66" t="inlineStr"/>
       <c r="O66" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=RXsjlzQAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-6523-554X'}]</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="n">
         <v>1446</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Kəmalə</t>
         </is>
@@ -4556,51 +4556,51 @@
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I67" t="inlineStr"/>
       <c r="J67" t="inlineStr">
         <is>
           <t>Musiqi folkloru</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L67" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M67" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N67" t="inlineStr"/>
       <c r="O67" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=y_MZY1IAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-3170-9520'}]</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="n">
         <v>1447</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Şəmsi</t>
         </is>
@@ -4617,51 +4617,51 @@
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H68" t="inlineStr"/>
       <c r="I68" t="inlineStr"/>
       <c r="J68" t="inlineStr">
         <is>
           <t>Musiqi folkloru</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M68" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N68" t="inlineStr"/>
       <c r="O68" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=axhsitIAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-4165-5761'}]</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="n">
         <v>1448</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Yeganə</t>
         </is>
@@ -4678,51 +4678,51 @@
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H69" t="inlineStr"/>
       <c r="I69" t="inlineStr"/>
       <c r="J69" t="inlineStr">
         <is>
           <t>Muğamşünaslıq</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M69" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N69" t="inlineStr"/>
       <c r="O69" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=MmYR_SsAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-7980-6919'}]</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="n">
         <v>1449</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Turanxanım</t>
         </is>
@@ -4735,51 +4735,51 @@
       <c r="D70" t="inlineStr">
         <is>
           <t>Şirzadova</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
       <c r="I70" t="inlineStr"/>
       <c r="J70" t="inlineStr">
         <is>
           <t>Muğamşünaslıq</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M70" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N70" t="inlineStr"/>
       <c r="O70" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=PJnzTcUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-3305-662X'}]</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="n">
         <v>1450</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Bəbir</t>
         </is>
@@ -4792,51 +4792,51 @@
       <c r="D71" t="inlineStr">
         <is>
           <t>Zeynal</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
       <c r="I71" t="inlineStr"/>
       <c r="J71" t="inlineStr">
         <is>
           <t>Muğamşünaslıq</t>
         </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L71" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M71" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N71" t="inlineStr"/>
       <c r="O71" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=rb9B2pcAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-7145-237X'}]</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="n">
         <v>1451</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Ləman</t>
         </is>
@@ -4849,51 +4849,51 @@
       <c r="D72" t="inlineStr">
         <is>
           <t>Rüstəmli</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
       <c r="I72" t="inlineStr"/>
       <c r="J72" t="inlineStr">
         <is>
           <t>Muğamşünaslıq</t>
         </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L72" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M72" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N72" t="inlineStr"/>
       <c r="O72" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=CbYRs8oAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-0331-3451'}]</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="n">
         <v>1452</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Nərminə</t>
         </is>
@@ -4914,51 +4914,51 @@
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I73" t="inlineStr"/>
       <c r="J73" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L73" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M73" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N73" t="inlineStr"/>
       <c r="O73" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=5gTZ6n8AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-1459-2913'}]</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
         <v>1453</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Ayaz</t>
         </is>
@@ -4971,51 +4971,51 @@
       <c r="D74" t="inlineStr">
         <is>
           <t>Salayev</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G74" t="inlineStr"/>
       <c r="H74" t="inlineStr"/>
       <c r="I74" t="inlineStr"/>
       <c r="J74" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
-          <t>böyük elmi içi</t>
+          <t>Böyük elmi içi</t>
         </is>
       </c>
       <c r="L74" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M74" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N74" t="inlineStr"/>
       <c r="O74" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=k3HaMwIAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="n">
         <v>1454</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Məlahət</t>
         </is>
@@ -5032,116 +5032,116 @@
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H75" t="inlineStr"/>
       <c r="I75" t="inlineStr"/>
       <c r="J75" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L75" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M75" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N75" t="inlineStr"/>
       <c r="O75" t="inlineStr">
         <is>
-          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=pb92dJMAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-0859-7188'}]</t>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=pb92dJMAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-0859-7188'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1454/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="n">
         <v>1455</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Gülnarə</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>Inqlab qızı</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
           <t>Kərimova</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I76" t="inlineStr"/>
       <c r="J76" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M76" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N76" t="inlineStr"/>
       <c r="O76" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=oGSijJ8AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-3789-7823'}]</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
         <v>1456</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Əlləz</t>
         </is>
@@ -5154,51 +5154,51 @@
       <c r="D77" t="inlineStr">
         <is>
           <t>Əhmədov</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
       <c r="I77" t="inlineStr"/>
       <c r="J77" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L77" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M77" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N77" t="inlineStr"/>
       <c r="O77" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=k-omgLAAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-9792-467X'}]</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
         <v>1457</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Fidan</t>
         </is>
@@ -5211,51 +5211,51 @@
       <c r="D78" t="inlineStr">
         <is>
           <t>Rzayeva</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
       <c r="I78" t="inlineStr"/>
       <c r="J78" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L78" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M78" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N78" t="inlineStr"/>
       <c r="O78" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=R1fMtZsAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-6262-7312'}]</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
         <v>1458</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Pərviz</t>
         </is>
@@ -5268,51 +5268,51 @@
       <c r="D79" t="inlineStr">
         <is>
           <t>Mərdanlı</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
       <c r="I79" t="inlineStr"/>
       <c r="J79" t="inlineStr">
         <is>
           <t>Teatr, kino və televiziya</t>
         </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L79" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M79" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N79" t="inlineStr"/>
       <c r="O79" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=h3-hsWkAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-2638-3532'}]</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="n">
         <v>1459</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Əfsanə</t>
         </is>
@@ -5333,51 +5333,51 @@
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>sənətşünaslıq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I80" t="inlineStr"/>
       <c r="J80" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L80" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M80" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N80" t="inlineStr"/>
       <c r="O80" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=d8uKh8wAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-2631-7514'}]</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
         <v>1460</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Şəhla</t>
         </is>
@@ -5394,51 +5394,51 @@
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <t>filologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H81" t="inlineStr"/>
       <c r="I81" t="inlineStr"/>
       <c r="J81" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L81" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M81" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N81" t="inlineStr"/>
       <c r="O81" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=evS3RMMAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-4391-9007'}]</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="n">
         <v>1461</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Nərgiz</t>
         </is>
@@ -5451,51 +5451,51 @@
       <c r="D82" t="inlineStr">
         <is>
           <t>Həbibova</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
       <c r="I82" t="inlineStr"/>
       <c r="J82" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L82" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M82" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N82" t="inlineStr"/>
       <c r="O82" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=aVnNzIcAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-5728-3059'}]</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="n">
         <v>1462</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Pərvanə</t>
         </is>
@@ -5508,51 +5508,51 @@
       <c r="D83" t="inlineStr">
         <is>
           <t>İbrahimova</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
       <c r="I83" t="inlineStr"/>
       <c r="J83" t="inlineStr">
         <is>
           <t>İncəsənətin qarşılıqlı əlaqələri</t>
         </is>
       </c>
       <c r="K83" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L83" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M83" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N83" t="inlineStr"/>
       <c r="O83" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=2sEsJMUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-7067-6140'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1462/4/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="n">
         <v>1463</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Cəmilə</t>
         </is>
@@ -5567,51 +5567,51 @@
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
       <c r="I84" s="2" t="n">
         <v>32455</v>
       </c>
       <c r="J84" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
-          <t>baş iqtisadçı</t>
+          <t>Baş iqtisadçı</t>
         </is>
       </c>
       <c r="L84" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M84" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N84" t="inlineStr"/>
       <c r="O84" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="n">
         <v>1464</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Aynur</t>
         </is>
@@ -5626,51 +5626,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
       <c r="I85" s="2" t="n">
         <v>32354</v>
       </c>
       <c r="J85" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
-          <t>baş mühasib</t>
+          <t>Baş mühasib</t>
         </is>
       </c>
       <c r="L85" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M85" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N85" t="inlineStr"/>
       <c r="O85" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="n">
         <v>1465</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Vəfa</t>
         </is>
@@ -5685,51 +5685,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
       <c r="I86" s="2" t="n">
         <v>33751</v>
       </c>
       <c r="J86" t="inlineStr">
         <is>
           <t>İctimaiyyətlə əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L86" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M86" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N86" t="inlineStr"/>
       <c r="O86" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="n">
         <v>1466</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>İlahə</t>
         </is>
@@ -5744,51 +5744,51 @@
           <t>Cəlilova</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
       <c r="I87" s="2" t="n">
         <v>30978</v>
       </c>
       <c r="J87" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K87" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L87" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M87" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N87" t="inlineStr"/>
       <c r="O87" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="n">
         <v>1467</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Rüxsarə</t>
         </is>
@@ -5803,51 +5803,51 @@
           <t>Əlizadə</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
       <c r="I88" s="2" t="n">
         <v>35043</v>
       </c>
       <c r="J88" t="inlineStr">
         <is>
           <t>Memarlıq tarixi və nəzəriyyəsi şöbəsi</t>
         </is>
       </c>
       <c r="K88" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L88" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M88" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N88" t="inlineStr"/>
       <c r="O88" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="n">
         <v>1468</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -5862,51 +5862,51 @@
           <t>Heydərova</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
       <c r="I89" s="2" t="n">
         <v>32729</v>
       </c>
       <c r="J89" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K89" t="inlineStr">
         <is>
-          <t>direktor köməkçisi</t>
+          <t>Direktor köməkçisi</t>
         </is>
       </c>
       <c r="L89" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M89" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N89" t="inlineStr"/>
       <c r="O89" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="n">
         <v>1469</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Sayad</t>
         </is>
@@ -5921,51 +5921,51 @@
           <t>Damirova</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
       <c r="I90" s="2" t="n">
         <v>33837</v>
       </c>
       <c r="J90" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K90" t="inlineStr">
         <is>
-          <t>mühasib</t>
+          <t>Mühasib</t>
         </is>
       </c>
       <c r="L90" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M90" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N90" t="inlineStr"/>
       <c r="O90" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="n">
         <v>1470</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Eşqin</t>
         </is>
@@ -5980,51 +5980,51 @@
           <t>Məmmədov</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
       <c r="I91" s="2" t="n">
         <v>33835</v>
       </c>
       <c r="J91" t="inlineStr">
         <is>
           <t>Elektron xidmətlər şöbəsi</t>
         </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L91" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M91" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N91" t="inlineStr"/>
       <c r="O91" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="n">
         <v>1471</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -6275,51 +6275,51 @@
           <t>Quliyev</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
       <c r="I96" s="2" t="n">
         <v>30848</v>
       </c>
       <c r="J96" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K96" t="inlineStr">
         <is>
-          <t>təsərrüfat müdiri</t>
+          <t>Təsərrüfat müdiri</t>
         </is>
       </c>
       <c r="L96" t="inlineStr">
         <is>
           <t>Memarlıq və İncəsənət İnstitutu</t>
         </is>
       </c>
       <c r="M96" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N96" t="inlineStr"/>
       <c r="O96" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>