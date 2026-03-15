--- v0 (2025-12-03)
+++ v1 (2026-03-15)
@@ -426,73 +426,73 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:O228"/>
+  <dimension ref="A1:O236"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="13" customWidth="1" min="1" max="1"/>
     <col width="12" customWidth="1" min="2" max="2"/>
     <col width="20" customWidth="1" min="3" max="3"/>
     <col width="22" customWidth="1" min="4" max="4"/>
     <col width="9" customWidth="1" min="5" max="5"/>
     <col width="15" customWidth="1" min="6" max="6"/>
     <col width="36" customWidth="1" min="7" max="7"/>
     <col width="15" customWidth="1" min="8" max="8"/>
     <col width="15" customWidth="1" min="9" max="9"/>
     <col width="74" customWidth="1" min="10" max="10"/>
     <col width="34" customWidth="1" min="11" max="11"/>
     <col width="61" customWidth="1" min="12" max="12"/>
     <col width="12" customWidth="1" min="13" max="13"/>
     <col width="10" customWidth="1" min="14" max="14"/>
-    <col width="952" customWidth="1" min="15" max="15"/>
+    <col width="956" customWidth="1" min="15" max="15"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>employee_id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>first_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>second_name</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>last_name</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
@@ -2119,61 +2119,65 @@
       <c r="B28" t="inlineStr">
         <is>
           <t>Pərvanə</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Telman qızı</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Mustafazadə</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
-      <c r="G28" t="inlineStr"/>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>texnika üzrə fəlsəfə doktoru</t>
+        </is>
+      </c>
       <c r="H28" t="inlineStr"/>
       <c r="I28" t="inlineStr"/>
       <c r="J28" t="inlineStr">
         <is>
           <t>Azərbaycanın beynəlxalq əlaqələr tarixi</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>Prezident</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M28" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N28" t="inlineStr"/>
       <c r="O28" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=6WOg9OYAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/45747215'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-3784-9986'}]</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>1814</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Yaqut</t>
         </is>
@@ -2984,51 +2988,51 @@
       <c r="D43" t="inlineStr">
         <is>
           <t>Camalova</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
       <c r="I43" t="inlineStr"/>
       <c r="J43" t="inlineStr">
         <is>
           <t>Dünya tarixi</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>Prezident</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M43" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N43" t="inlineStr"/>
       <c r="O43" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=jQgW9tsAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/45778755'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-8764-7816'}]</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>1829</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Səidə</t>
         </is>
@@ -4588,51 +4592,51 @@
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I71" t="inlineStr"/>
       <c r="J71" t="inlineStr">
         <is>
           <t>Azərbaycanın tarixi demoqrafiyası qrupu</t>
         </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L71" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M71" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N71" t="inlineStr"/>
       <c r="O71" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=aEFFolgAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-3538-904X'}]</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="n">
         <v>1857</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Rəna</t>
         </is>
@@ -4653,51 +4657,51 @@
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H72" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I72" t="inlineStr"/>
       <c r="J72" t="inlineStr">
         <is>
           <t>Azərbaycanın tarixi demoqrafiyası qrupu</t>
         </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L72" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M72" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N72" t="inlineStr"/>
       <c r="O72" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-0310-6201'}]</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="n">
         <v>1858</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -4714,51 +4718,51 @@
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H73" t="inlineStr"/>
       <c r="I73" t="inlineStr"/>
       <c r="J73" t="inlineStr">
         <is>
           <t>Azərbaycanın tarixi demoqrafiyası qrupu</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L73" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M73" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N73" t="inlineStr"/>
       <c r="O73" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-7553-5573'}]</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
         <v>1859</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Tamilla</t>
         </is>
@@ -4779,51 +4783,51 @@
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I74" t="inlineStr"/>
       <c r="J74" t="inlineStr">
         <is>
           <t>Azərbaycan Respublikasının tarixi</t>
         </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L74" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M74" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N74" t="inlineStr"/>
       <c r="O74" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=8RGNs00AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-8368-1923'}]</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="n">
         <v>1860</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -4844,51 +4848,51 @@
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I75" t="inlineStr"/>
       <c r="J75" t="inlineStr">
         <is>
           <t>Azərbaycan Respublikasının tarixi</t>
         </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L75" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M75" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N75" t="inlineStr"/>
       <c r="O75" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=4pSJHDgAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-9064-0432 '}]</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="n">
         <v>1861</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Alı</t>
         </is>
@@ -4909,51 +4913,51 @@
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I76" t="inlineStr"/>
       <c r="J76" t="inlineStr">
         <is>
           <t>Azərbaycan Respublikasının tarixi</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M76" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N76" t="inlineStr"/>
       <c r="O76" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=V_ZJyVUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-7158-244X'}]</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
         <v>1862</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Gülnaz</t>
         </is>
@@ -4974,51 +4978,51 @@
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G77" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I77" t="inlineStr"/>
       <c r="J77" t="inlineStr">
         <is>
           <t>Azərbaycan Respublikasının tarixi</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L77" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M77" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N77" t="inlineStr"/>
       <c r="O77" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-3770-6703'}]</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
         <v>1863</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Mübariz</t>
         </is>
@@ -5039,116 +5043,116 @@
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G78" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I78" t="inlineStr"/>
       <c r="J78" t="inlineStr">
         <is>
           <t>Azərbaycan Xalq Cümhuriyyəti tarixi</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L78" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M78" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N78" t="inlineStr"/>
       <c r="O78" t="inlineStr">
         <is>
-          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=5P1a3I4AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Mubariz-Agalarli'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/MubarizAgalarli'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-8588-1019'}]</t>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=5P1a3I4AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Mubariz-Agalarli'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/MubarizAgalarli'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-8588-1019'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1863/7/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
         <v>1864</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Natiq</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>Nazim oğlu</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
           <t>Məmmədzadə</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G79" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I79" t="inlineStr"/>
       <c r="J79" t="inlineStr">
         <is>
           <t>Azərbaycan Xalq Cümhuriyyəti tarixi</t>
         </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L79" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M79" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N79" t="inlineStr"/>
       <c r="O79" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-4236-4864'}]</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="n">
         <v>1865</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -5165,51 +5169,51 @@
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>tarix elmləri doktoru</t>
         </is>
       </c>
       <c r="H80" t="inlineStr"/>
       <c r="I80" t="inlineStr"/>
       <c r="J80" t="inlineStr">
         <is>
           <t>Azərbaycan-Böyük Britaniya qarşılıqlı münasibətlərinin tarixi elmi qrupu</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L80" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M80" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N80" t="inlineStr"/>
       <c r="O80" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=GmTkzb0AAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/615583'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=57196044374'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/Ngozalova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2749-9556'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1865/7/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
         <v>1866</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Səidə</t>
         </is>
@@ -5230,51 +5234,51 @@
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I81" t="inlineStr"/>
       <c r="J81" t="inlineStr">
         <is>
           <t>Azərbaycanın beynəlxalq əlaqələr tarixi</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L81" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M81" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N81" t="inlineStr"/>
       <c r="O81" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=EDo5aMYAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="n">
         <v>1867</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Əzizağa</t>
         </is>
@@ -5295,51 +5299,51 @@
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I82" t="inlineStr"/>
       <c r="J82" t="inlineStr">
         <is>
           <t>Azərbaycanın beynəlxalq əlaqələr tarixi</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L82" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M82" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N82" t="inlineStr"/>
       <c r="O82" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=4oiDrOsAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2920-2568'}]</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="n">
         <v>1868</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Mirnazim</t>
         </is>
@@ -5360,51 +5364,51 @@
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
           <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I83" t="inlineStr"/>
       <c r="J83" t="inlineStr">
         <is>
           <t>Azərbaycanın beynəlxalq əlaqələr tarixi</t>
         </is>
       </c>
       <c r="K83" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L83" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M83" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N83" t="inlineStr"/>
       <c r="O83" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=-WHC97MAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="n">
         <v>1869</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Mərziyyə</t>
         </is>
@@ -5425,51 +5429,51 @@
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G84" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I84" t="inlineStr"/>
       <c r="J84" t="inlineStr">
         <is>
           <t>Azərbaycanın beynəlxalq əlaqələr tarixi</t>
         </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L84" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M84" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N84" t="inlineStr"/>
       <c r="O84" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=xIniwcoAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-1545-9434'}]</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="n">
         <v>1870</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Aqil</t>
         </is>
@@ -5490,51 +5494,51 @@
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G85" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I85" t="inlineStr"/>
       <c r="J85" t="inlineStr">
         <is>
           <t>Azərbaycanın beynəlxalq əlaqələr tarixi</t>
         </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L85" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M85" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N85" t="inlineStr"/>
       <c r="O85" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=AGBzIGUAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-9212-5147'}]</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="n">
         <v>1871</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Rauf</t>
         </is>
@@ -5551,51 +5555,51 @@
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H86" t="inlineStr"/>
       <c r="I86" t="inlineStr"/>
       <c r="J86" t="inlineStr">
         <is>
           <t>Azərbaycanın eramızdan əvvəl IV – eramızın VII əsrinin ortaları tarixi</t>
         </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L86" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M86" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N86" t="inlineStr"/>
       <c r="O86" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=8MIxWjIAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="n">
         <v>1872</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Ellada</t>
         </is>
@@ -5608,51 +5612,51 @@
       <c r="D87" t="inlineStr">
         <is>
           <t>Bəkirova</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
       <c r="I87" t="inlineStr"/>
       <c r="J87" t="inlineStr">
         <is>
           <t>Azərbaycanın eramızdan əvvəl IV – eramızın VII əsrinin ortaları tarixi</t>
         </is>
       </c>
       <c r="K87" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L87" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M87" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N87" t="inlineStr"/>
       <c r="O87" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=1OECNTkAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/IQT-8112-2023'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-1788-1310'}]</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="n">
         <v>1873</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Nərminə</t>
         </is>
@@ -5673,51 +5677,51 @@
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G88" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H88" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I88" t="inlineStr"/>
       <c r="J88" t="inlineStr">
         <is>
           <t>Azərbaycanın hərb tarixi elmi qrupu</t>
         </is>
       </c>
       <c r="K88" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L88" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M88" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N88" t="inlineStr"/>
       <c r="O88" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=9rfdMk0AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/NarminaAmirbayova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-1891-0026'}]</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="n">
         <v>1874</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Telman</t>
         </is>
@@ -5738,51 +5742,51 @@
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I89" t="inlineStr"/>
       <c r="J89" t="inlineStr">
         <is>
           <t>Azərbaycanın Sovet dövrü tarixi</t>
         </is>
       </c>
       <c r="K89" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L89" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M89" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N89" t="inlineStr"/>
       <c r="O89" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="n">
         <v>1875</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Tofiq</t>
         </is>
@@ -5803,51 +5807,51 @@
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G90" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H90" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I90" t="inlineStr"/>
       <c r="J90" t="inlineStr">
         <is>
           <t>Azərbaycanın Sovet dövrü tarixi</t>
         </is>
       </c>
       <c r="K90" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L90" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M90" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N90" t="inlineStr"/>
       <c r="O90" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="n">
         <v>1876</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Əzizə</t>
         </is>
@@ -5868,51 +5872,51 @@
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H91" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I91" t="inlineStr"/>
       <c r="J91" t="inlineStr">
         <is>
           <t>Azərbaycanın Sovet dövrü tarixi</t>
         </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L91" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M91" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N91" t="inlineStr"/>
       <c r="O91" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-8947-4679'}]</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="n">
         <v>1877</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Aypara</t>
         </is>
@@ -5933,51 +5937,51 @@
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G92" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H92" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I92" t="inlineStr"/>
       <c r="J92" t="inlineStr">
         <is>
           <t>Azərbaycanın Sovet dövrü tarixi</t>
         </is>
       </c>
       <c r="K92" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L92" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M92" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N92" t="inlineStr"/>
       <c r="O92" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-3616-9233'}]</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="n">
         <v>1878</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>Əsəd</t>
         </is>
@@ -5998,51 +6002,51 @@
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G93" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H93" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I93" t="inlineStr"/>
       <c r="J93" t="inlineStr">
         <is>
           <t>Azərbaycanın Sovet dövrü tarixi</t>
         </is>
       </c>
       <c r="K93" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L93" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M93" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N93" t="inlineStr"/>
       <c r="O93" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="n">
         <v>1879</v>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>İlham</t>
         </is>
@@ -6063,51 +6067,51 @@
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G94" t="inlineStr">
         <is>
           <t>hüquq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I94" t="inlineStr"/>
       <c r="J94" t="inlineStr">
         <is>
           <t>Azərbaycanın Sovet dövrü tarixi</t>
         </is>
       </c>
       <c r="K94" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L94" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M94" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N94" t="inlineStr"/>
       <c r="O94" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9533-2697'}]</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="n">
         <v>1880</v>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>Raisə</t>
         </is>
@@ -6124,51 +6128,51 @@
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G95" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H95" t="inlineStr"/>
       <c r="I95" t="inlineStr"/>
       <c r="J95" t="inlineStr">
         <is>
           <t>Azərbaycanın Sovet dövrü tarixi</t>
         </is>
       </c>
       <c r="K95" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L95" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M95" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N95" t="inlineStr"/>
       <c r="O95" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-0392-6146'}]</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="n">
         <v>1881</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>İlham</t>
         </is>
@@ -6185,51 +6189,51 @@
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H96" t="inlineStr"/>
       <c r="I96" t="inlineStr"/>
       <c r="J96" t="inlineStr">
         <is>
           <t>Azərbaycanın Sovet dövrü tarixi</t>
         </is>
       </c>
       <c r="K96" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L96" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M96" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N96" t="inlineStr"/>
       <c r="O96" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-0465-5111'}]</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="n">
         <v>1882</v>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Nazilə</t>
         </is>
@@ -6250,51 +6254,51 @@
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G97" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I97" t="inlineStr"/>
       <c r="J97" t="inlineStr">
         <is>
           <t>Azərbaycanın VII – XIV əsrlər tarixi</t>
         </is>
       </c>
       <c r="K97" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L97" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M97" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N97" t="inlineStr"/>
       <c r="O97" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=NQjxJzEAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/NazilaSoltanova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-1847-1057'}]</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="n">
         <v>1883</v>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Rəşad</t>
         </is>
@@ -6315,51 +6319,51 @@
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I98" t="inlineStr"/>
       <c r="J98" t="inlineStr">
         <is>
           <t>Azərbaycanın VII – XIV əsrlər tarixi</t>
         </is>
       </c>
       <c r="K98" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L98" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M98" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N98" t="inlineStr"/>
       <c r="O98" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=K0M5kggAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Rashad-Mustafa-2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/RashadMustafa'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-8013-2067'}]</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="n">
         <v>1884</v>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Nərgiz</t>
         </is>
@@ -6380,51 +6384,51 @@
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I99" t="inlineStr"/>
       <c r="J99" t="inlineStr">
         <is>
           <t>Azərbaycanın VII – XIV əsrlər tarixi</t>
         </is>
       </c>
       <c r="K99" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L99" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M99" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N99" t="inlineStr"/>
       <c r="O99" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Kh2Vr2sAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://uw.academia.edu/NargizAkhundova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-1638-2077'}]</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="n">
         <v>1885</v>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>Şahlar</t>
         </is>
@@ -6445,51 +6449,51 @@
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>ilahiyyat üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I100" t="inlineStr"/>
       <c r="J100" t="inlineStr">
         <is>
           <t>Azərbaycanın VII – XIV əsrlər tarixi</t>
         </is>
       </c>
       <c r="K100" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L100" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M100" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N100" t="inlineStr"/>
       <c r="O100" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=atm3X_AAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-0395-5174'}]</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="n">
         <v>1886</v>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Əhməd</t>
         </is>
@@ -6510,51 +6514,51 @@
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I101" t="inlineStr"/>
       <c r="J101" t="inlineStr">
         <is>
           <t>Azərbaycanın XV-XVIII əsrlər tarixi</t>
         </is>
       </c>
       <c r="K101" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L101" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M101" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N101" t="inlineStr"/>
       <c r="O101" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=yxZ7DoMAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Ahmad-Guliyev'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/AhmadGuliyev'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-5095-7439 '}]</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="n">
         <v>1887</v>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Lamiyə</t>
         </is>
@@ -6567,51 +6571,51 @@
       <c r="D102" t="inlineStr">
         <is>
           <t>Qafar-zadə</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
       <c r="I102" t="inlineStr"/>
       <c r="J102" t="inlineStr">
         <is>
           <t>Azərbaycanın XV-XVIII əsrlər tarixi</t>
         </is>
       </c>
       <c r="K102" t="inlineStr">
         <is>
-          <t>Prezident</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L102" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M102" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N102" t="inlineStr"/>
       <c r="O102" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=FK6oM2MAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/3447013'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/LamiyaGafarzada'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-4773-404X'}]</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="n">
         <v>1889</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Fərəh</t>
         </is>
@@ -6632,51 +6636,51 @@
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G103" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H103" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I103" t="inlineStr"/>
       <c r="J103" t="inlineStr">
         <is>
           <t>Azərbaycanın XV-XVIII əsrlər tarixi</t>
         </is>
       </c>
       <c r="K103" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L103" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M103" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N103" t="inlineStr"/>
       <c r="O103" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/FarahHuseyn '}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-2415-5093'}]</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="n">
         <v>1890</v>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>Fuad</t>
         </is>
@@ -6697,51 +6701,51 @@
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H104" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I104" t="inlineStr"/>
       <c r="J104" t="inlineStr">
         <is>
           <t>Dünya tarixi</t>
         </is>
       </c>
       <c r="K104" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L104" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M104" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N104" t="inlineStr"/>
       <c r="O104" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Ya81Zf8AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-0108-0551'}]</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="n">
         <v>1891</v>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Şamil</t>
         </is>
@@ -6762,51 +6766,51 @@
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G105" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H105" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I105" t="inlineStr"/>
       <c r="J105" t="inlineStr">
         <is>
           <t>Dünya tarixi</t>
         </is>
       </c>
       <c r="K105" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L105" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M105" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N105" t="inlineStr"/>
       <c r="O105" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Gf9xgNAAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Shamil-Rahmanzade'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/ShamilRahman'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-7020-9836'}]</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="n">
         <v>1892</v>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>İradə</t>
         </is>
@@ -6823,108 +6827,116 @@
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G106" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H106" t="inlineStr"/>
       <c r="I106" t="inlineStr"/>
       <c r="J106" t="inlineStr">
         <is>
           <t>Dünya tarixi</t>
         </is>
       </c>
       <c r="K106" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L106" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M106" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N106" t="inlineStr"/>
       <c r="O106" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=46bGpT0AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-3162-0256'}]</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="n">
         <v>1893</v>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Esmira</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>Rahim qızı</t>
         </is>
       </c>
       <c r="D107" t="inlineStr">
         <is>
           <t>Vahabova</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
-      <c r="G107" t="inlineStr"/>
-      <c r="H107" t="inlineStr"/>
+      <c r="G107" t="inlineStr">
+        <is>
+          <t>tarix üzrə fəlsəfə doktoru</t>
+        </is>
+      </c>
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>Dosent</t>
+        </is>
+      </c>
       <c r="I107" t="inlineStr"/>
       <c r="J107" t="inlineStr">
         <is>
           <t>Dünya tarixi</t>
         </is>
       </c>
       <c r="K107" t="inlineStr">
         <is>
-          <t>Prezident</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L107" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M107" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N107" t="inlineStr"/>
       <c r="O107" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=GGp4uSsAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/2909332'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/VahabovaEsmira'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-8927-9700'}]</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="n">
         <v>1894</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Mehriban</t>
         </is>
@@ -6945,51 +6957,51 @@
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G108" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H108" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I108" t="inlineStr"/>
       <c r="J108" t="inlineStr">
         <is>
           <t>Dünya tarixi</t>
         </is>
       </c>
       <c r="K108" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L108" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M108" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N108" t="inlineStr"/>
       <c r="O108" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=rfn1cVcAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/MehribanAliyeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-9696-1881'}]</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="n">
         <v>1895</v>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Ədalət</t>
         </is>
@@ -7006,51 +7018,51 @@
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G109" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H109" t="inlineStr"/>
       <c r="I109" t="inlineStr"/>
       <c r="J109" t="inlineStr">
         <is>
           <t>Dünya tarixi</t>
         </is>
       </c>
       <c r="K109" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L109" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M109" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N109" t="inlineStr"/>
       <c r="O109" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=ve8TuR8AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/EdaletMustafayev'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/EdaletMustafayev1'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-6092-6685'}]</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="n">
         <v>1896</v>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Nailə</t>
         </is>
@@ -7071,51 +7083,51 @@
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G110" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I110" t="inlineStr"/>
       <c r="J110" t="inlineStr">
         <is>
           <t>Dünya tarixi</t>
         </is>
       </c>
       <c r="K110" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L110" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M110" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N110" t="inlineStr"/>
       <c r="O110" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=QTdFedEAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Naile-Huseynova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-4910-6717'}]</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="n">
         <v>1897</v>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -7136,51 +7148,51 @@
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H111" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I111" t="inlineStr"/>
       <c r="J111" t="inlineStr">
         <is>
           <t>Dünya tarixi</t>
         </is>
       </c>
       <c r="K111" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L111" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M111" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N111" t="inlineStr"/>
       <c r="O111" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-5449-6978'}]</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="n">
         <v>1898</v>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Yaqut</t>
         </is>
@@ -7197,51 +7209,51 @@
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G112" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H112" t="inlineStr"/>
       <c r="I112" t="inlineStr"/>
       <c r="J112" t="inlineStr">
         <is>
           <t>Dünya tarixi</t>
         </is>
       </c>
       <c r="K112" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L112" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M112" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N112" t="inlineStr"/>
       <c r="O112" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-7359-8234'}]</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="n">
         <v>1899</v>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -7262,51 +7274,51 @@
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G113" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H113" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I113" t="inlineStr"/>
       <c r="J113" t="inlineStr">
         <is>
           <t>Əliyevşünaslıq</t>
         </is>
       </c>
       <c r="K113" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L113" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M113" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N113" t="inlineStr"/>
       <c r="O113" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=e2jaMQoAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-5200-9812'}]</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="n">
         <v>1900</v>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -7323,51 +7335,51 @@
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H114" t="inlineStr"/>
       <c r="I114" t="inlineStr"/>
       <c r="J114" t="inlineStr">
         <is>
           <t>Əliyevşünaslıq</t>
         </is>
       </c>
       <c r="K114" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L114" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M114" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N114" t="inlineStr"/>
       <c r="O114" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=avw0G7YAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-4720-0195'}]</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="n">
         <v>1901</v>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Xəliyəddin</t>
         </is>
@@ -7388,51 +7400,51 @@
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G115" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H115" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I115" t="inlineStr"/>
       <c r="J115" t="inlineStr">
         <is>
           <t>Müasir dövr etnoqrafiyası</t>
         </is>
       </c>
       <c r="K115" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L115" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M115" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N115" t="inlineStr"/>
       <c r="O115" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-5955-9026'}]</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="n">
         <v>1902</v>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Cəlal</t>
         </is>
@@ -7453,51 +7465,51 @@
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G116" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H116" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I116" t="inlineStr"/>
       <c r="J116" t="inlineStr">
         <is>
           <t>Müasir dövr etnoqrafiyası</t>
         </is>
       </c>
       <c r="K116" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L116" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M116" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N116" t="inlineStr"/>
       <c r="O116" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="n">
         <v>1903</v>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Pirağa</t>
         </is>
@@ -7518,51 +7530,51 @@
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H117" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I117" t="inlineStr"/>
       <c r="J117" t="inlineStr">
         <is>
           <t>Müasir dövr etnoqrafiyası</t>
         </is>
       </c>
       <c r="K117" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L117" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M117" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N117" t="inlineStr"/>
       <c r="O117" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="n">
         <v>1904</v>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Rafiq</t>
         </is>
@@ -7583,51 +7595,51 @@
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H118" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I118" t="inlineStr"/>
       <c r="J118" t="inlineStr">
         <is>
           <t>Müasir dövr etnoqrafiyası</t>
         </is>
       </c>
       <c r="K118" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L118" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M118" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N118" t="inlineStr"/>
       <c r="O118" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-6487-8394'}]</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="n">
         <v>1905</v>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Kəmalə</t>
         </is>
@@ -7648,51 +7660,51 @@
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G119" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H119" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I119" t="inlineStr"/>
       <c r="J119" t="inlineStr">
         <is>
           <t>Müasir dövr etnoqrafiyası</t>
         </is>
       </c>
       <c r="K119" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L119" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M119" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N119" t="inlineStr"/>
       <c r="O119" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-8825-6605'}]</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="n">
         <v>1906</v>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Könül</t>
         </is>
@@ -7713,51 +7725,51 @@
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H120" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I120" t="inlineStr"/>
       <c r="J120" t="inlineStr">
         <is>
           <t>Müasir dövr etnoqrafiyası</t>
         </is>
       </c>
       <c r="K120" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L120" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M120" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N120" t="inlineStr"/>
       <c r="O120" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-0137-5037'}]</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="n">
         <v>1907</v>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>İzmira</t>
         </is>
@@ -7774,51 +7786,51 @@
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H121" t="inlineStr"/>
       <c r="I121" t="inlineStr"/>
       <c r="J121" t="inlineStr">
         <is>
           <t>Müasir dövr etnoqrafiyası</t>
         </is>
       </c>
       <c r="K121" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L121" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M121" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N121" t="inlineStr"/>
       <c r="O121" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="n">
         <v>1908</v>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Nailə</t>
         </is>
@@ -7839,51 +7851,51 @@
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I122" t="inlineStr"/>
       <c r="J122" t="inlineStr">
         <is>
           <t>Müasir dövr etnoqrafiyası</t>
         </is>
       </c>
       <c r="K122" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L122" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M122" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N122" t="inlineStr"/>
       <c r="O122" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-3657-7606'}]</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="n">
         <v>1909</v>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>Ziyad</t>
         </is>
@@ -7904,51 +7916,51 @@
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I123" t="inlineStr"/>
       <c r="J123" t="inlineStr">
         <is>
           <t>Qərbi Azərbaycan tarixi</t>
         </is>
       </c>
       <c r="K123" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L123" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M123" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N123" t="inlineStr"/>
       <c r="O123" t="inlineStr">
         <is>
           <t>[{'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Ziyad-Amrahov '}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/ZiyadAmrahov '}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-6853-3311'}]</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="n">
         <v>1910</v>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Bəxtiyar</t>
         </is>
@@ -7965,51 +7977,51 @@
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H124" t="inlineStr"/>
       <c r="I124" t="inlineStr"/>
       <c r="J124" t="inlineStr">
         <is>
           <t>Qərbi Azərbaycan tarixi</t>
         </is>
       </c>
       <c r="K124" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L124" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M124" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N124" t="inlineStr"/>
       <c r="O124" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-4868-2664'}]</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="n">
         <v>1911</v>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Elmar</t>
         </is>
@@ -8030,51 +8042,51 @@
         </is>
       </c>
       <c r="F125" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G125" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H125" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I125" t="inlineStr"/>
       <c r="J125" t="inlineStr">
         <is>
           <t>Qərbi Azərbaycan tarixi</t>
         </is>
       </c>
       <c r="K125" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L125" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M125" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N125" t="inlineStr"/>
       <c r="O125" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-8010-1025 '}]</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="n">
         <v>1912</v>
       </c>
       <c r="B126" t="inlineStr">
         <is>
           <t>Elçin</t>
         </is>
@@ -8095,51 +8107,51 @@
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I126" t="inlineStr"/>
       <c r="J126" t="inlineStr">
         <is>
           <t>Qərbi Azərbaycan tarixi</t>
         </is>
       </c>
       <c r="K126" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L126" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M126" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N126" t="inlineStr"/>
       <c r="O126" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-6778-715X'}]</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="n">
         <v>1913</v>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Bəxtiyar</t>
         </is>
@@ -8156,51 +8168,51 @@
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H127" t="inlineStr"/>
       <c r="I127" t="inlineStr"/>
       <c r="J127" t="inlineStr">
         <is>
           <t>Qərbi Azərbaycan tarixi</t>
         </is>
       </c>
       <c r="K127" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L127" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M127" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N127" t="inlineStr"/>
       <c r="O127" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-7243-9871'}]</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="n">
         <v>1914</v>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Eldar</t>
         </is>
@@ -8221,51 +8233,51 @@
         </is>
       </c>
       <c r="F128" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G128" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H128" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I128" t="inlineStr"/>
       <c r="J128" t="inlineStr">
         <is>
           <t>Şimali Azərbaycanın XIX-XX əsrin əvvəlləri tarixi</t>
         </is>
       </c>
       <c r="K128" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L128" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M128" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N128" t="inlineStr"/>
       <c r="O128" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=k2khNYcAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-4332-1798'}]</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="n">
         <v>1915</v>
       </c>
       <c r="B129" t="inlineStr">
         <is>
           <t>Zeynəb</t>
         </is>
@@ -8286,51 +8298,51 @@
         </is>
       </c>
       <c r="F129" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G129" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H129" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I129" t="inlineStr"/>
       <c r="J129" t="inlineStr">
         <is>
           <t>Şimali Azərbaycanın XIX-XX əsrin əvvəlləri tarixi</t>
         </is>
       </c>
       <c r="K129" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L129" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M129" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N129" t="inlineStr"/>
       <c r="O129" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=-S98wTIAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-9492-7530'}]</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="n">
         <v>1916</v>
       </c>
       <c r="B130" t="inlineStr">
         <is>
           <t>Ramil</t>
         </is>
@@ -8351,51 +8363,51 @@
         </is>
       </c>
       <c r="F130" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G130" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H130" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I130" t="inlineStr"/>
       <c r="J130" t="inlineStr">
         <is>
           <t>Şimali Azərbaycanın XIX-XX əsrin əvvəlləri tarixi</t>
         </is>
       </c>
       <c r="K130" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L130" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M130" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N130" t="inlineStr"/>
       <c r="O130" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=xm46YA4AAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="n">
         <v>1917</v>
       </c>
       <c r="B131" t="inlineStr">
         <is>
           <t>Zəfər</t>
         </is>
@@ -8416,51 +8428,51 @@
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G131" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H131" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I131" t="inlineStr"/>
       <c r="J131" t="inlineStr">
         <is>
           <t>Şimali Azərbaycanın XIX-XX əsrin əvvəlləri tarixi</t>
         </is>
       </c>
       <c r="K131" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L131" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M131" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N131" t="inlineStr"/>
       <c r="O131" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=jsbAJzUAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/zaferkarimov'}]</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="n">
         <v>1918</v>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Xuraman</t>
         </is>
@@ -8477,51 +8489,51 @@
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G132" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H132" t="inlineStr"/>
       <c r="I132" t="inlineStr"/>
       <c r="J132" t="inlineStr">
         <is>
           <t>Şimali Azərbaycanın XIX-XX əsrin əvvəlləri tarixi</t>
         </is>
       </c>
       <c r="K132" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L132" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M132" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N132" t="inlineStr"/>
       <c r="O132" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-4194-9058'}]</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="n">
         <v>1919</v>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -8542,51 +8554,51 @@
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G133" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H133" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I133" t="inlineStr"/>
       <c r="J133" t="inlineStr">
         <is>
           <t>Şimali Azərbaycanın XIX-XX əsrin əvvəlləri tarixi</t>
         </is>
       </c>
       <c r="K133" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L133" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M133" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N133" t="inlineStr"/>
       <c r="O133" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-2010-4165'}]</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="n">
         <v>1920</v>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Ənvər</t>
         </is>
@@ -8607,51 +8619,51 @@
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G134" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H134" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I134" t="inlineStr"/>
       <c r="J134" t="inlineStr">
         <is>
           <t>Şimali Azərbaycanın XIX-XX əsrin əvvəlləri tarixi</t>
         </is>
       </c>
       <c r="K134" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L134" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M134" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N134" t="inlineStr"/>
       <c r="O134" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-0524-3995'}]</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="n">
         <v>1921</v>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Emiliya</t>
         </is>
@@ -8672,51 +8684,51 @@
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G135" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H135" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I135" t="inlineStr"/>
       <c r="J135" t="inlineStr">
         <is>
           <t>Şimali Azərbaycanın XIX-XX əsrin əvvəlləri tarixi</t>
         </is>
       </c>
       <c r="K135" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L135" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M135" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N135" t="inlineStr"/>
       <c r="O135" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-4929-5928'}]</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="n">
         <v>1922</v>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Gülcamal</t>
         </is>
@@ -8737,51 +8749,51 @@
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G136" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H136" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I136" t="inlineStr"/>
       <c r="J136" t="inlineStr">
         <is>
           <t>Şimali Azərbaycanın XIX-XX əsrin əvvəlləri tarixi</t>
         </is>
       </c>
       <c r="K136" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L136" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M136" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N136" t="inlineStr"/>
       <c r="O136" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="n">
         <v>1923</v>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Bəhmən</t>
         </is>
@@ -8802,51 +8814,51 @@
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G137" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H137" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I137" t="inlineStr"/>
       <c r="J137" t="inlineStr">
         <is>
           <t>Tarixi etnoqrafiya</t>
         </is>
       </c>
       <c r="K137" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L137" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M137" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N137" t="inlineStr"/>
       <c r="O137" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=8tVU9FcAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-0281-9899'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1923/7/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="n">
         <v>1924</v>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Tofiq</t>
         </is>
@@ -8867,51 +8879,51 @@
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G138" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H138" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I138" t="inlineStr"/>
       <c r="J138" t="inlineStr">
         <is>
           <t>Tarixi etnoqrafiya</t>
         </is>
       </c>
       <c r="K138" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L138" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M138" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N138" t="inlineStr"/>
       <c r="O138" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-9735-1965'}]</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="n">
         <v>1925</v>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Əsəd</t>
         </is>
@@ -8932,51 +8944,51 @@
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G139" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H139" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I139" t="inlineStr"/>
       <c r="J139" t="inlineStr">
         <is>
           <t>Tarixi etnoqrafiya</t>
         </is>
       </c>
       <c r="K139" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L139" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M139" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N139" t="inlineStr"/>
       <c r="O139" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-5645-2283'}]</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="n">
         <v>1926</v>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Həqiqət</t>
         </is>
@@ -8997,51 +9009,51 @@
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G140" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H140" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I140" t="inlineStr"/>
       <c r="J140" t="inlineStr">
         <is>
           <t>Tarixi etnoqrafiya</t>
         </is>
       </c>
       <c r="K140" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L140" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M140" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N140" t="inlineStr"/>
       <c r="O140" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-2199-7640'}]</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="n">
         <v>1927</v>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Tahir</t>
         </is>
@@ -9062,51 +9074,51 @@
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G141" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H141" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I141" t="inlineStr"/>
       <c r="J141" t="inlineStr">
         <is>
           <t>Tarixi etnoqrafiya</t>
         </is>
       </c>
       <c r="K141" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L141" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M141" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N141" t="inlineStr"/>
       <c r="O141" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-7973-213X'}]</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="n">
         <v>1928</v>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Sevda</t>
         </is>
@@ -9127,51 +9139,51 @@
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G142" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H142" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I142" t="inlineStr"/>
       <c r="J142" t="inlineStr">
         <is>
           <t>Tarixi etnoqrafiya</t>
         </is>
       </c>
       <c r="K142" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L142" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M142" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N142" t="inlineStr"/>
       <c r="O142" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-8080-1514'}]</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="n">
         <v>1929</v>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Təranə</t>
         </is>
@@ -9188,51 +9200,51 @@
       </c>
       <c r="E143" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G143" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H143" t="inlineStr"/>
       <c r="I143" t="inlineStr"/>
       <c r="J143" t="inlineStr">
         <is>
           <t>Tarixi etnoqrafiya</t>
         </is>
       </c>
       <c r="K143" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L143" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M143" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N143" t="inlineStr"/>
       <c r="O143" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="n">
         <v>1930</v>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>İradə</t>
         </is>
@@ -9253,51 +9265,51 @@
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G144" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H144" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I144" t="inlineStr"/>
       <c r="J144" t="inlineStr">
         <is>
           <t>Tarixin nəzəriyyəsi, mənbəşünaslıq və tarixşünaslıq</t>
         </is>
       </c>
       <c r="K144" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L144" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M144" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N144" t="inlineStr"/>
       <c r="O144" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=WjHhVkcAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Aliyeva-Irade'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/IradeAliyeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-1524-726X'}]</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="n">
         <v>1931</v>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Vidadi</t>
         </is>
@@ -9318,51 +9330,51 @@
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G145" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H145" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I145" t="inlineStr"/>
       <c r="J145" t="inlineStr">
         <is>
           <t>Tarixin nəzəriyyəsi, mənbəşünaslıq və tarixşünaslıq</t>
         </is>
       </c>
       <c r="K145" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L145" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M145" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N145" t="inlineStr"/>
       <c r="O145" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-4766-2998'}]</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="n">
         <v>1932</v>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Pərvin</t>
         </is>
@@ -9383,51 +9395,51 @@
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G146" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H146" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I146" t="inlineStr"/>
       <c r="J146" t="inlineStr">
         <is>
           <t>Tarixin nəzəriyyəsi, mənbəşünaslıq və tarixşünaslıq</t>
         </is>
       </c>
       <c r="K146" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L146" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M146" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N146" t="inlineStr"/>
       <c r="O146" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-0378-8115'}]</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="n">
         <v>1933</v>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Mehparə</t>
         </is>
@@ -9444,51 +9456,51 @@
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G147" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H147" t="inlineStr"/>
       <c r="I147" t="inlineStr"/>
       <c r="J147" t="inlineStr">
         <is>
           <t>Türk xalqlarının etnoqrafiyası</t>
         </is>
       </c>
       <c r="K147" t="inlineStr">
         <is>
-          <t xml:space="preserve">aparıcı elmi işçi </t>
+          <t xml:space="preserve">Aparıcı elmi işçi </t>
         </is>
       </c>
       <c r="L147" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M147" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N147" t="inlineStr"/>
       <c r="O147" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-0629-4674'}]</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="n">
         <v>1934</v>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Sahibə</t>
         </is>
@@ -9509,51 +9521,51 @@
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G148" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H148" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I148" t="inlineStr"/>
       <c r="J148" t="inlineStr">
         <is>
           <t>Azərbaycanın tarixi coğrafiyası elmi qrupu</t>
         </is>
       </c>
       <c r="K148" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi, Qrup rəhbəri</t>
+          <t>Aparıcı elmi işçi, Qrup rəhbəri</t>
         </is>
       </c>
       <c r="L148" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M148" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N148" t="inlineStr"/>
       <c r="O148" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=6TpcLcIAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/SahibaBudaqova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-2179-3572'}]</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="n">
         <v>1935</v>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>İradə</t>
         </is>
@@ -9574,51 +9586,51 @@
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G149" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H149" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I149" t="inlineStr"/>
       <c r="J149" t="inlineStr">
         <is>
           <t>Azərbaycanın tarixi demoqrafiyası qrupu</t>
         </is>
       </c>
       <c r="K149" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi, Qrup rəhbəri</t>
+          <t>Aparıcı elmi işçi, Qrup rəhbəri</t>
         </is>
       </c>
       <c r="L149" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M149" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N149" t="inlineStr"/>
       <c r="O149" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=R0rQyP8AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-8203-2488'}]</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="n">
         <v>1936</v>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Mahir</t>
         </is>
@@ -9635,51 +9647,51 @@
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G150" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H150" t="inlineStr"/>
       <c r="I150" t="inlineStr"/>
       <c r="J150" t="inlineStr">
         <is>
           <t>Azərbaycan diasporunun tarixi elmi qrupu</t>
         </is>
       </c>
       <c r="K150" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi , Qrup rəhbəri</t>
+          <t>Aparıcı elmi işçi , Qrup rəhbəri</t>
         </is>
       </c>
       <c r="L150" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M150" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N150" t="inlineStr"/>
       <c r="O150" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=vMud55wAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-8249-3456'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1936/7/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="n">
         <v>1937</v>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Vasif</t>
         </is>
@@ -9700,51 +9712,51 @@
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G151" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix elmləri doktoru </t>
         </is>
       </c>
       <c r="H151" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I151" t="inlineStr"/>
       <c r="J151" t="inlineStr">
         <is>
           <t>Azərbaycan xalqına qarşı soyqırımı: tarixi və konsepsiyası elmi qrupu</t>
         </is>
       </c>
       <c r="K151" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi , Qrup rəhbəri</t>
+          <t>Aparıcı elmi işçi , Qrup rəhbəri</t>
         </is>
       </c>
       <c r="L151" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M151" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N151" t="inlineStr"/>
       <c r="O151" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=0Ew8BgIAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Vasif_Qafarov2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/VasifQafarov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-9232-6328'}]</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="n">
         <v>1938</v>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Mehman</t>
         </is>
@@ -9761,51 +9773,51 @@
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G152" t="inlineStr">
         <is>
           <t>tarix elmləri doktoru</t>
         </is>
       </c>
       <c r="H152" t="inlineStr"/>
       <c r="I152" t="inlineStr"/>
       <c r="J152" t="inlineStr">
         <is>
           <t>Azərbaycanın hərb tarixi elmi qrupu</t>
         </is>
       </c>
       <c r="K152" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi , Qrup rəhbəri</t>
+          <t>Aparıcı elmi işçi , Qrup rəhbəri</t>
         </is>
       </c>
       <c r="L152" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M152" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N152" t="inlineStr"/>
       <c r="O152" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=vk1Uq6sAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="n">
         <v>1939</v>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Güntəkin</t>
         </is>
@@ -9826,51 +9838,51 @@
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G153" t="inlineStr">
         <is>
           <t xml:space="preserve">tarix üzrə fəlsəfə doktoru </t>
         </is>
       </c>
       <c r="H153" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I153" t="inlineStr"/>
       <c r="J153" t="inlineStr">
         <is>
           <t>Qarabağın alban etno-siyasi və mədəni irsi elmi qrupu</t>
         </is>
       </c>
       <c r="K153" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi , Qrup rəhbəri</t>
+          <t>Aparıcı elmi işçi , Qrup rəhbəri</t>
         </is>
       </c>
       <c r="L153" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M153" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N153" t="inlineStr"/>
       <c r="O153" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/Guntekin Najafli   '}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-1209-6682  '}]</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="n">
         <v>1940</v>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Nərmin</t>
         </is>
@@ -9883,51 +9895,51 @@
       <c r="D154" t="inlineStr">
         <is>
           <t>Xanməmmədova</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
       <c r="I154" t="inlineStr"/>
       <c r="J154" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K154" t="inlineStr">
         <is>
-          <t>baş köməkçi</t>
+          <t>Baş köməkçi</t>
         </is>
       </c>
       <c r="L154" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M154" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N154" t="inlineStr"/>
       <c r="O154" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=kTeCJ9IAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/IQV-0623-2023'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Narmin-Khanmammadova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/NKhanmamedova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-0106-0879'}]</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="n">
         <v>1941</v>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Kərim</t>
         </is>
@@ -9948,51 +9960,51 @@
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G155" t="inlineStr">
         <is>
           <t>tarix elmləri doktoru</t>
         </is>
       </c>
       <c r="H155" t="inlineStr">
         <is>
           <t>Professor</t>
         </is>
       </c>
       <c r="I155" t="inlineStr"/>
       <c r="J155" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K155" t="inlineStr">
         <is>
-          <t>direktor</t>
+          <t>Direktor</t>
         </is>
       </c>
       <c r="L155" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M155" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N155" t="inlineStr"/>
       <c r="O155" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=lcZ6qykAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/IQT-8544-2023'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Kerim-Shukurov'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/KerimShukurov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-6121-4182 '}]</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="n">
         <v>1942</v>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>İlqar</t>
         </is>
@@ -10013,51 +10025,51 @@
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G156" t="inlineStr">
         <is>
           <t>tarix elmləri doktoru</t>
         </is>
       </c>
       <c r="H156" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I156" t="inlineStr"/>
       <c r="J156" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K156" t="inlineStr">
         <is>
-          <t>elmi işlər üzrə direktor müavini</t>
+          <t>Elmi işlər üzrə direktor müavini</t>
         </is>
       </c>
       <c r="L156" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M156" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N156" t="inlineStr"/>
       <c r="O156" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=wd2Zb-wAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/AAC-3012-2019'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/IlgarNiftaliev'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-9873-0602'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/1942/7/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="n">
         <v>1943</v>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Mais</t>
         </is>
@@ -11092,51 +11104,51 @@
           <t>Gözəlova</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
       <c r="I173" s="2" t="n">
         <v>34085</v>
       </c>
       <c r="J173" t="inlineStr">
         <is>
           <t>Azərbaycan Respublikasının tarixi</t>
         </is>
       </c>
       <c r="K173" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L173" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M173" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N173" t="inlineStr"/>
       <c r="O173" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="n">
         <v>1960</v>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>Sona</t>
         </is>
@@ -11151,51 +11163,51 @@
           <t>Hacıəli</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
       <c r="I174" s="2" t="n">
         <v>35689</v>
       </c>
       <c r="J174" t="inlineStr">
         <is>
           <t>Azərbaycan Respublikasının tarixi</t>
         </is>
       </c>
       <c r="K174" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L174" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M174" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N174" t="inlineStr"/>
       <c r="O174" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="n">
         <v>1961</v>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>Rəna</t>
         </is>
@@ -11210,51 +11222,51 @@
           <t>Əfəndiyeva</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
       <c r="I175" s="2" t="n">
         <v>25470</v>
       </c>
       <c r="J175" t="inlineStr">
         <is>
           <t>Azərbaycan Xalq Cümhuriyyəti tarixi</t>
         </is>
       </c>
       <c r="K175" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L175" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M175" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N175" t="inlineStr"/>
       <c r="O175" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="n">
         <v>1962</v>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>Aysel</t>
         </is>
@@ -11269,51 +11281,51 @@
           <t>Yusifova</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
       <c r="I176" s="2" t="n">
         <v>33147</v>
       </c>
       <c r="J176" t="inlineStr">
         <is>
           <t>Azərbaycanın Beynəlxalq əlaqələr tarixi</t>
         </is>
       </c>
       <c r="K176" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L176" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M176" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N176" t="inlineStr"/>
       <c r="O176" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="n">
         <v>1963</v>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>Səbinə</t>
         </is>
@@ -11328,51 +11340,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
       <c r="I177" s="2" t="n">
         <v>27125</v>
       </c>
       <c r="J177" t="inlineStr">
         <is>
           <t>Azərbaycanın Beynəlxalq əlaqələr tarixi</t>
         </is>
       </c>
       <c r="K177" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L177" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M177" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N177" t="inlineStr"/>
       <c r="O177" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="n">
         <v>1964</v>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Jalə</t>
         </is>
@@ -11387,51 +11399,51 @@
           <t>Əhmədova</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
       <c r="I178" s="2" t="n">
         <v>32603</v>
       </c>
       <c r="J178" t="inlineStr">
         <is>
           <t>Azərbaycanın eramızdan əvvəl IV – eramızın VII əsrinin ortaları tarixi</t>
         </is>
       </c>
       <c r="K178" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L178" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M178" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N178" t="inlineStr"/>
       <c r="O178" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-8395-099x'}]</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="n">
         <v>1965</v>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>Rəhilə</t>
         </is>
@@ -11446,51 +11458,51 @@
           <t>Kazımova</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
       <c r="I179" s="2" t="n">
         <v>21683</v>
       </c>
       <c r="J179" t="inlineStr">
         <is>
           <t>Azərbaycanın Sovet dövrü tarixi</t>
         </is>
       </c>
       <c r="K179" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L179" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M179" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N179" t="inlineStr"/>
       <c r="O179" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="n">
         <v>1966</v>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Elnarə</t>
         </is>
@@ -11505,51 +11517,51 @@
           <t>Qurbanova</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
       <c r="I180" s="2" t="n">
         <v>32400</v>
       </c>
       <c r="J180" t="inlineStr">
         <is>
           <t>Azərbaycanın Sovet dövrü tarixi</t>
         </is>
       </c>
       <c r="K180" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L180" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M180" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N180" t="inlineStr"/>
       <c r="O180" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="n">
         <v>1967</v>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>Arzu</t>
         </is>
@@ -11564,51 +11576,51 @@
           <t>Qasımova</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
       <c r="I181" s="2" t="n">
         <v>32825</v>
       </c>
       <c r="J181" t="inlineStr">
         <is>
           <t>Azərbaycanın VII – XIV əsrlər tarixi</t>
         </is>
       </c>
       <c r="K181" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L181" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M181" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N181" t="inlineStr"/>
       <c r="O181" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-0900-8792'}]</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="n">
         <v>1968</v>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -11623,51 +11635,51 @@
           <t>Qədir</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
       <c r="I182" s="2" t="n">
         <v>26436</v>
       </c>
       <c r="J182" t="inlineStr">
         <is>
           <t>Azərbaycanın XIX-XX əsrin əvvəlləri tarixi şöbəsi</t>
         </is>
       </c>
       <c r="K182" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L182" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M182" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N182" t="inlineStr"/>
       <c r="O182" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="n">
         <v>1969</v>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Kəmalə</t>
         </is>
@@ -11682,51 +11694,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
       <c r="I183" s="2" t="n">
         <v>23881</v>
       </c>
       <c r="J183" t="inlineStr">
         <is>
           <t>Azərbaycanın XV-XVIII əsrlər tarixi</t>
         </is>
       </c>
       <c r="K183" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L183" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M183" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N183" t="inlineStr"/>
       <c r="O183" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="n">
         <v>1970</v>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Nuranə</t>
         </is>
@@ -11741,51 +11753,51 @@
           <t>Əhədova</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
       <c r="I184" s="2" t="n">
         <v>28706</v>
       </c>
       <c r="J184" t="inlineStr">
         <is>
           <t>Azərbaycanın XV-XVIII əsrlər tarixi</t>
         </is>
       </c>
       <c r="K184" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L184" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M184" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N184" t="inlineStr"/>
       <c r="O184" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="n">
         <v>1971</v>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Səbinə</t>
         </is>
@@ -11800,51 +11812,51 @@
           <t>Alməmmədova</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
       <c r="I185" s="2" t="n">
         <v>26387</v>
       </c>
       <c r="J185" t="inlineStr">
         <is>
           <t>Beynəlxalq əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K185" t="inlineStr">
         <is>
-          <t xml:space="preserve">tərcüməçi </t>
+          <t xml:space="preserve">Tərcüməçi </t>
         </is>
       </c>
       <c r="L185" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M185" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N185" t="inlineStr"/>
       <c r="O185" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="n">
         <v>1972</v>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>İradə</t>
         </is>
@@ -11918,51 +11930,51 @@
           <t>Musayeva</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
       <c r="I187" s="2" t="n">
         <v>27901</v>
       </c>
       <c r="J187" t="inlineStr">
         <is>
           <t>Dünya tarixi</t>
         </is>
       </c>
       <c r="K187" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L187" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M187" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N187" t="inlineStr"/>
       <c r="O187" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="n">
         <v>1974</v>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Orxan</t>
         </is>
@@ -12036,51 +12048,51 @@
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
       <c r="I189" s="2" t="n">
         <v>30861</v>
       </c>
       <c r="J189" t="inlineStr">
         <is>
           <t>Elektron xidmətlər şöbəsi</t>
         </is>
       </c>
       <c r="K189" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L189" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M189" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N189" t="inlineStr"/>
       <c r="O189" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="n">
         <v>1976</v>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -12095,51 +12107,51 @@
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
       <c r="I190" s="2" t="n">
         <v>36385</v>
       </c>
       <c r="J190" t="inlineStr">
         <is>
           <t>Əliyevşünaslıq</t>
         </is>
       </c>
       <c r="K190" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L190" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M190" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N190" t="inlineStr"/>
       <c r="O190" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="n">
         <v>1977</v>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Rüxsarə</t>
         </is>
@@ -12154,51 +12166,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
       <c r="I191" s="2" t="n">
         <v>29324</v>
       </c>
       <c r="J191" t="inlineStr">
         <is>
           <t>Elmi arxiv və kitabxana</t>
         </is>
       </c>
       <c r="K191" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L191" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M191" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N191" t="inlineStr"/>
       <c r="O191" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="n">
         <v>1978</v>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Minayə</t>
         </is>
@@ -12213,51 +12225,51 @@
           <t>Ağabəyova</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
       <c r="I192" s="2" t="n">
         <v>21414</v>
       </c>
       <c r="J192" t="inlineStr">
         <is>
           <t>Elmi arxiv və kitabxana</t>
         </is>
       </c>
       <c r="K192" t="inlineStr">
         <is>
-          <t>baş biblioqraf</t>
+          <t>Baş biblioqraf</t>
         </is>
       </c>
       <c r="L192" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M192" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N192" t="inlineStr"/>
       <c r="O192" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="n">
         <v>1979</v>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Xuraman</t>
         </is>
@@ -12272,51 +12284,51 @@
           <t>Qafarova</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
       <c r="I193" s="2" t="n">
         <v>24899</v>
       </c>
       <c r="J193" t="inlineStr">
         <is>
           <t>Elmi arxiv və kitabxana</t>
         </is>
       </c>
       <c r="K193" t="inlineStr">
         <is>
-          <t>arxiv müdiri</t>
+          <t>Arxiv müdiri</t>
         </is>
       </c>
       <c r="L193" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M193" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N193" t="inlineStr"/>
       <c r="O193" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="n">
         <v>1980</v>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Nərminə</t>
         </is>
@@ -12449,51 +12461,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
       <c r="I196" s="2" t="n">
         <v>18740</v>
       </c>
       <c r="J196" t="inlineStr">
         <is>
           <t>Müasir dövr etnoqrafiyası</t>
         </is>
       </c>
       <c r="K196" t="inlineStr">
         <is>
-          <t>rəssam</t>
+          <t>Rəssam</t>
         </is>
       </c>
       <c r="L196" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M196" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N196" t="inlineStr"/>
       <c r="O196" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="n">
         <v>1983</v>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -12508,51 +12520,51 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
       <c r="I197" s="2" t="n">
         <v>31252</v>
       </c>
       <c r="J197" t="inlineStr">
         <is>
           <t>Müasir dövr etnoqrafiyası</t>
         </is>
       </c>
       <c r="K197" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L197" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M197" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N197" t="inlineStr"/>
       <c r="O197" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="n">
         <v>1984</v>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>Müqabil</t>
         </is>
@@ -12567,51 +12579,51 @@
           <t>Məmmədov</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
       <c r="I198" s="2" t="n">
         <v>22890</v>
       </c>
       <c r="J198" t="inlineStr">
         <is>
           <t>Müasir dövr etnoqrafiyası</t>
         </is>
       </c>
       <c r="K198" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L198" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M198" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N198" t="inlineStr"/>
       <c r="O198" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="n">
         <v>1985</v>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Ayna</t>
         </is>
@@ -12626,51 +12638,51 @@
           <t>Aslanova</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
       <c r="I199" s="2" t="n">
         <v>28242</v>
       </c>
       <c r="J199" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K199" t="inlineStr">
         <is>
-          <t>mühasib</t>
+          <t>Mühasib</t>
         </is>
       </c>
       <c r="L199" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M199" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N199" t="inlineStr"/>
       <c r="O199" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="n">
         <v>1986</v>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Gülnaz</t>
         </is>
@@ -12685,51 +12697,51 @@
           <t>Yusifova</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
       <c r="I200" s="2" t="n">
         <v>22317</v>
       </c>
       <c r="J200" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K200" t="inlineStr">
         <is>
-          <t>mühasib</t>
+          <t>Mühasib</t>
         </is>
       </c>
       <c r="L200" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M200" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N200" t="inlineStr"/>
       <c r="O200" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="n">
         <v>1987</v>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>Salman</t>
         </is>
@@ -12744,51 +12756,51 @@
           <t>Muradov</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
       <c r="I201" s="2" t="n">
         <v>26624</v>
       </c>
       <c r="J201" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K201" t="inlineStr">
         <is>
-          <t>baş muhasib</t>
+          <t>Baş muhasib</t>
         </is>
       </c>
       <c r="L201" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M201" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N201" t="inlineStr"/>
       <c r="O201" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="n">
         <v>1988</v>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Rasim</t>
         </is>
@@ -12803,51 +12815,51 @@
           <t>Mövsümov</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
       <c r="I202" s="2" t="n">
         <v>23022</v>
       </c>
       <c r="J202" t="inlineStr">
         <is>
           <t>Mülki-müdafiə qərargahı</t>
         </is>
       </c>
       <c r="K202" t="inlineStr">
         <is>
-          <t>mülki-müdafiə qərargahının rəisi</t>
+          <t>Mülki-müdafiə qərargahının rəisi</t>
         </is>
       </c>
       <c r="L202" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M202" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N202" t="inlineStr"/>
       <c r="O202" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="n">
         <v>1989</v>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Elçin</t>
         </is>
@@ -12921,51 +12933,51 @@
           <t>Ağabəyova</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
       <c r="I204" s="2" t="n">
         <v>19773</v>
       </c>
       <c r="J204" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K204" t="inlineStr">
         <is>
-          <t>redaktor – tərcüməçi</t>
+          <t>Redaktor – tərcüməçi</t>
         </is>
       </c>
       <c r="L204" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M204" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N204" t="inlineStr"/>
       <c r="O204" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="n">
         <v>1991</v>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Gülşən</t>
         </is>
@@ -12980,51 +12992,51 @@
           <t>Məmmədoğlu</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
       <c r="I205" s="2" t="n">
         <v>28159</v>
       </c>
       <c r="J205" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K205" t="inlineStr">
         <is>
-          <t>redaktor – tərcüməçi</t>
+          <t>Redaktor – tərcüməçi</t>
         </is>
       </c>
       <c r="L205" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M205" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N205" t="inlineStr"/>
       <c r="O205" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="n">
         <v>1992</v>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Rəvanə</t>
         </is>
@@ -13039,51 +13051,51 @@
           <t>Mirzalıyeva</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
       <c r="I206" s="2" t="n">
         <v>32589</v>
       </c>
       <c r="J206" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K206" t="inlineStr">
         <is>
-          <t>korrektor</t>
+          <t>Korrektor</t>
         </is>
       </c>
       <c r="L206" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M206" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N206" t="inlineStr"/>
       <c r="O206" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="n">
         <v>1993</v>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>Ramilə</t>
         </is>
@@ -13098,51 +13110,51 @@
           <t>Şıxəliyeva</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
       <c r="I207" s="2" t="n">
         <v>21306</v>
       </c>
       <c r="J207" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K207" t="inlineStr">
         <is>
-          <t>baş redaktor</t>
+          <t>Baş redaktor</t>
         </is>
       </c>
       <c r="L207" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M207" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N207" t="inlineStr"/>
       <c r="O207" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="n">
         <v>1994</v>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>Esmira</t>
         </is>
@@ -13157,51 +13169,51 @@
           <t>Kərimova</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
       <c r="I208" s="2" t="n">
         <v>32351</v>
       </c>
       <c r="J208" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K208" t="inlineStr">
         <is>
-          <t>baş redaktor</t>
+          <t>Baş redaktor</t>
         </is>
       </c>
       <c r="L208" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M208" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N208" t="inlineStr"/>
       <c r="O208" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="n">
         <v>1995</v>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Gülər</t>
         </is>
@@ -13216,51 +13228,51 @@
           <t>Cəfərova</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
       <c r="I209" s="2" t="n">
         <v>30983</v>
       </c>
       <c r="J209" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K209" t="inlineStr">
         <is>
-          <t>baş redaktor</t>
+          <t>Baş redaktor</t>
         </is>
       </c>
       <c r="L209" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M209" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N209" t="inlineStr"/>
       <c r="O209" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="n">
         <v>1996</v>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Aliyə</t>
         </is>
@@ -13275,51 +13287,51 @@
           <t>Ələsgərova</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
       <c r="I210" s="2" t="n">
         <v>29144</v>
       </c>
       <c r="J210" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K210" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L210" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M210" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N210" t="inlineStr"/>
       <c r="O210" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="n">
         <v>1997</v>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Tünzalə</t>
         </is>
@@ -13332,51 +13344,55 @@
       <c r="D211" t="inlineStr">
         <is>
           <t>Muradova</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
       <c r="I211" s="2" t="n">
         <v>19747</v>
       </c>
       <c r="J211" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
-      <c r="K211" t="inlineStr"/>
+      <c r="K211" t="inlineStr">
+        <is>
+          <t>Nan</t>
+        </is>
+      </c>
       <c r="L211" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M211" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N211" t="inlineStr"/>
       <c r="O211" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="n">
         <v>1998</v>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>Fidan</t>
         </is>
       </c>
       <c r="C212" t="inlineStr">
@@ -13389,51 +13405,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
       <c r="I212" s="2" t="n">
         <v>33403</v>
       </c>
       <c r="J212" t="inlineStr">
         <is>
           <t>Qarabağ Müharibəsinin tarixi  və Böyük qayıdış hərəkatı şöbəsi</t>
         </is>
       </c>
       <c r="K212" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L212" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M212" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N212" t="inlineStr"/>
       <c r="O212" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="n">
         <v>1999</v>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Dürdanə</t>
         </is>
@@ -13448,51 +13464,51 @@
           <t>Baxşıyeva</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
       <c r="I213" s="2" t="n">
         <v>21337</v>
       </c>
       <c r="J213" t="inlineStr">
         <is>
           <t>Qədim dövr tarixi</t>
         </is>
       </c>
       <c r="K213" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L213" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M213" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N213" t="inlineStr"/>
       <c r="O213" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="n">
         <v>2000</v>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>Səxavət</t>
         </is>
@@ -13507,51 +13523,51 @@
           <t>Əmrahov</t>
         </is>
       </c>
       <c r="E214" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F214" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G214" t="inlineStr"/>
       <c r="H214" t="inlineStr"/>
       <c r="I214" s="2" t="n">
         <v>31702</v>
       </c>
       <c r="J214" t="inlineStr">
         <is>
           <t>Qədim dövr tarixi</t>
         </is>
       </c>
       <c r="K214" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L214" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M214" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N214" t="inlineStr"/>
       <c r="O214" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="n">
         <v>2001</v>
       </c>
       <c r="B215" t="inlineStr">
         <is>
           <t>Nailə</t>
         </is>
@@ -13566,51 +13582,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E215" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F215" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G215" t="inlineStr"/>
       <c r="H215" t="inlineStr"/>
       <c r="I215" s="2" t="n">
         <v>24018</v>
       </c>
       <c r="J215" t="inlineStr">
         <is>
           <t>Qərbi Azərbaycan tarixi</t>
         </is>
       </c>
       <c r="K215" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L215" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M215" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N215" t="inlineStr"/>
       <c r="O215" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="n">
         <v>2003</v>
       </c>
       <c r="B216" t="inlineStr">
         <is>
           <t>Elnarə</t>
         </is>
@@ -13684,51 +13700,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E217" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F217" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G217" t="inlineStr"/>
       <c r="H217" t="inlineStr"/>
       <c r="I217" s="2" t="n">
         <v>32537</v>
       </c>
       <c r="J217" t="inlineStr">
         <is>
           <t>Şimali Azərbaycanın XIX-XX əsrin əvvəlləri tarixi şöbəsi</t>
         </is>
       </c>
       <c r="K217" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L217" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M217" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N217" t="inlineStr"/>
       <c r="O217" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="n">
         <v>2005</v>
       </c>
       <c r="B218" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
@@ -13743,51 +13759,51 @@
           <t>Allahverdiyeva</t>
         </is>
       </c>
       <c r="E218" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F218" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G218" t="inlineStr"/>
       <c r="H218" t="inlineStr"/>
       <c r="I218" s="2" t="n">
         <v>34894</v>
       </c>
       <c r="J218" t="inlineStr">
         <is>
           <t>Şimali Azərbaycanın XIX-XX əsrin əvvəlləri tarixi şöbəsi</t>
         </is>
       </c>
       <c r="K218" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L218" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M218" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N218" t="inlineStr"/>
       <c r="O218" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="n">
         <v>2006</v>
       </c>
       <c r="B219" t="inlineStr">
         <is>
           <t>Gülnaz</t>
         </is>
@@ -13802,51 +13818,51 @@
           <t>Baxşəliyeva</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
       <c r="I219" s="2" t="n">
         <v>28345</v>
       </c>
       <c r="J219" t="inlineStr">
         <is>
           <t>Tarixi etnoqrafiya</t>
         </is>
       </c>
       <c r="K219" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L219" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M219" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N219" t="inlineStr"/>
       <c r="O219" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="n">
         <v>2007</v>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Aydan</t>
         </is>
@@ -13861,51 +13877,51 @@
           <t>Əliməmmədova</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
       <c r="I220" s="2" t="n">
         <v>33192</v>
       </c>
       <c r="J220" t="inlineStr">
         <is>
           <t>Tarixin nəzəriyyəsi, mənbəşünaslıq və tarixşünaslıq</t>
         </is>
       </c>
       <c r="K220" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L220" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M220" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N220" t="inlineStr"/>
       <c r="O220" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="n">
         <v>2008</v>
       </c>
       <c r="B221" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
@@ -13920,51 +13936,51 @@
           <t>Allahverdiyeva</t>
         </is>
       </c>
       <c r="E221" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F221" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G221" t="inlineStr"/>
       <c r="H221" t="inlineStr"/>
       <c r="I221" s="2" t="n">
         <v>34598</v>
       </c>
       <c r="J221" t="inlineStr">
         <is>
           <t>Tarixin nəzəriyyəsi, mənbəşünaslıq və tarixşünaslıq</t>
         </is>
       </c>
       <c r="K221" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L221" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M221" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N221" t="inlineStr"/>
       <c r="O221" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="n">
         <v>2009</v>
       </c>
       <c r="B222" t="inlineStr">
         <is>
           <t>Afaq</t>
         </is>
@@ -14038,51 +14054,51 @@
           <t>Niftəliyeva</t>
         </is>
       </c>
       <c r="E223" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F223" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G223" t="inlineStr"/>
       <c r="H223" t="inlineStr"/>
       <c r="I223" s="2" t="n">
         <v>28452</v>
       </c>
       <c r="J223" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K223" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L223" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M223" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N223" t="inlineStr"/>
       <c r="O223" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="n">
         <v>2011</v>
       </c>
       <c r="B224" t="inlineStr">
         <is>
           <t>Elçin</t>
         </is>
@@ -14215,51 +14231,51 @@
           <t>Mürsəlova</t>
         </is>
       </c>
       <c r="E226" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F226" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G226" t="inlineStr"/>
       <c r="H226" t="inlineStr"/>
       <c r="I226" s="2" t="n">
         <v>33647</v>
       </c>
       <c r="J226" t="inlineStr">
         <is>
           <t>Türk xalqlarının etnoqrafiyası</t>
         </is>
       </c>
       <c r="K226" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L226" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M226" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N226" t="inlineStr"/>
       <c r="O226" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="n">
         <v>2014</v>
       </c>
       <c r="B227" t="inlineStr">
         <is>
           <t>Nərminə</t>
         </is>
@@ -14274,127 +14290,603 @@
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E227" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F227" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G227" t="inlineStr"/>
       <c r="H227" t="inlineStr"/>
       <c r="I227" s="2" t="n">
         <v>31918</v>
       </c>
       <c r="J227" t="inlineStr">
         <is>
           <t>Türk xalqlarının etnoqrafiyası</t>
         </is>
       </c>
       <c r="K227" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L227" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M227" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N227" t="inlineStr"/>
       <c r="O227" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="n">
-        <v>3117</v>
+        <v>2439</v>
       </c>
       <c r="B228" t="inlineStr">
         <is>
-          <t>Zemfira</t>
+          <t>Günay</t>
         </is>
       </c>
       <c r="C228" t="inlineStr">
         <is>
-          <t>Əli qızı</t>
+          <t>Azər qızı</t>
         </is>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>Hacıyeva</t>
+          <t>Əliyeva</t>
         </is>
       </c>
       <c r="E228" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F228" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
-      <c r="G228" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="G228" t="inlineStr"/>
+      <c r="H228" t="inlineStr"/>
       <c r="I228" t="inlineStr"/>
       <c r="J228" t="inlineStr">
         <is>
-          <t>Azərbaycanın VII – XIV əsrlər tarixi</t>
+          <t>Qafqaz tarixi</t>
         </is>
       </c>
       <c r="K228" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L228" t="inlineStr">
         <is>
           <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
         </is>
       </c>
       <c r="M228" s="2" t="n">
-        <v>45292</v>
+        <v>45986</v>
       </c>
       <c r="N228" t="inlineStr"/>
       <c r="O228" t="inlineStr">
         <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=aIyyPLMAAAAJ&amp;hl=en'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="n">
+        <v>2448</v>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>Nüşabə</t>
+        </is>
+      </c>
+      <c r="C229" t="inlineStr">
+        <is>
+          <t>İsmayıl qızı</t>
+        </is>
+      </c>
+      <c r="D229" t="inlineStr">
+        <is>
+          <t>Yaqubova</t>
+        </is>
+      </c>
+      <c r="E229" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F229" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G229" t="inlineStr"/>
+      <c r="H229" t="inlineStr"/>
+      <c r="I229" t="inlineStr"/>
+      <c r="J229" t="inlineStr">
+        <is>
+          <t>Qafqaz tarixi</t>
+        </is>
+      </c>
+      <c r="K229" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="L229" t="inlineStr">
+        <is>
+          <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M229" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N229" t="inlineStr"/>
+      <c r="O229" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=978ZmgEAAAAJ&amp;hl=en'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="n">
+        <v>2449</v>
+      </c>
+      <c r="B230" t="inlineStr">
+        <is>
+          <t>Zeynəb</t>
+        </is>
+      </c>
+      <c r="C230" t="inlineStr">
+        <is>
+          <t>Natiq qızı</t>
+        </is>
+      </c>
+      <c r="D230" t="inlineStr">
+        <is>
+          <t>Allahverdiyeva</t>
+        </is>
+      </c>
+      <c r="E230" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F230" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G230" t="inlineStr"/>
+      <c r="H230" t="inlineStr"/>
+      <c r="I230" t="inlineStr"/>
+      <c r="J230" t="inlineStr">
+        <is>
+          <t>Şimali Qafqaz araşdırmaları</t>
+        </is>
+      </c>
+      <c r="K230" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="L230" t="inlineStr">
+        <is>
+          <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M230" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N230" t="inlineStr"/>
+      <c r="O230" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=wxZ1CDwAAAAJ&amp;hl=en'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="n">
+        <v>2455</v>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <t>Qasım</t>
+        </is>
+      </c>
+      <c r="C231" t="inlineStr">
+        <is>
+          <t>Əhəd oğlu</t>
+        </is>
+      </c>
+      <c r="D231" t="inlineStr">
+        <is>
+          <t>Hacıyev</t>
+        </is>
+      </c>
+      <c r="E231" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F231" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G231" t="inlineStr">
+        <is>
+          <t>texnika elmləri doktoru</t>
+        </is>
+      </c>
+      <c r="H231" t="inlineStr">
+        <is>
+          <t>Professor</t>
+        </is>
+      </c>
+      <c r="I231" t="inlineStr"/>
+      <c r="J231" t="inlineStr">
+        <is>
+          <t>Qafqaz tarixi</t>
+        </is>
+      </c>
+      <c r="K231" t="inlineStr">
+        <is>
+          <t>şöbə müdiri</t>
+        </is>
+      </c>
+      <c r="L231" t="inlineStr">
+        <is>
+          <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M231" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N231" t="inlineStr"/>
+      <c r="O231" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Shc5ygIAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/Qas%C4%B1mHac%C4%B1yev'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-6500-7890'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="n">
+        <v>2456</v>
+      </c>
+      <c r="B232" t="inlineStr">
+        <is>
+          <t>Günel</t>
+        </is>
+      </c>
+      <c r="C232" t="inlineStr">
+        <is>
+          <t>Misir qızı</t>
+        </is>
+      </c>
+      <c r="D232" t="inlineStr">
+        <is>
+          <t>Musayeva</t>
+        </is>
+      </c>
+      <c r="E232" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F232" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G232" t="inlineStr">
+        <is>
+          <t>tarix üzrə fəlsəfə doktoru</t>
+        </is>
+      </c>
+      <c r="H232" t="inlineStr">
+        <is>
+          <t>Dosent</t>
+        </is>
+      </c>
+      <c r="I232" t="inlineStr"/>
+      <c r="J232" t="inlineStr">
+        <is>
+          <t>Şimali Qafqaz araşdırmaları</t>
+        </is>
+      </c>
+      <c r="K232" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="L232" t="inlineStr">
+        <is>
+          <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M232" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N232" t="inlineStr"/>
+      <c r="O232" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=KruO27sAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Gunel-Musayeva-2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/GunelAlieva'}, {'platform_name': 'TÜBITAK DergiPark', 'platform_logo': '/media/platform_logos/DP.PNG', 'url': 'https://dergipark.org.tr/en/pub/@gunelmusayeva89'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-6940-6207'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2456/10/#ameadergipark'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="n">
+        <v>2462</v>
+      </c>
+      <c r="B233" t="inlineStr">
+        <is>
+          <t>Məzahir</t>
+        </is>
+      </c>
+      <c r="C233" t="inlineStr">
+        <is>
+          <t>Tarverdi oğlu</t>
+        </is>
+      </c>
+      <c r="D233" t="inlineStr">
+        <is>
+          <t>Sadıxov</t>
+        </is>
+      </c>
+      <c r="E233" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F233" t="inlineStr">
+        <is>
+          <t>İşçi</t>
+        </is>
+      </c>
+      <c r="G233" t="inlineStr"/>
+      <c r="H233" t="inlineStr"/>
+      <c r="I233" s="2" t="n">
+        <v>18424</v>
+      </c>
+      <c r="J233" t="inlineStr">
+        <is>
+          <t>Şimali Qafqaz araşdırmaları</t>
+        </is>
+      </c>
+      <c r="K233" t="inlineStr">
+        <is>
+          <t>Baş mütəxəssis</t>
+        </is>
+      </c>
+      <c r="L233" t="inlineStr">
+        <is>
+          <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M233" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N233" t="inlineStr"/>
+      <c r="O233" t="inlineStr">
+        <is>
+          <t>[]</t>
+        </is>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="n">
+        <v>2463</v>
+      </c>
+      <c r="B234" t="inlineStr">
+        <is>
+          <t>Polad</t>
+        </is>
+      </c>
+      <c r="C234" t="inlineStr">
+        <is>
+          <t>Murad oğlu</t>
+        </is>
+      </c>
+      <c r="D234" t="inlineStr">
+        <is>
+          <t>Zərbəliyev</t>
+        </is>
+      </c>
+      <c r="E234" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F234" t="inlineStr">
+        <is>
+          <t>İşçi</t>
+        </is>
+      </c>
+      <c r="G234" t="inlineStr"/>
+      <c r="H234" t="inlineStr"/>
+      <c r="I234" s="2" t="n">
+        <v>29233</v>
+      </c>
+      <c r="J234" t="inlineStr">
+        <is>
+          <t>Qərbi Azərbaycan tarixi</t>
+        </is>
+      </c>
+      <c r="K234" t="inlineStr">
+        <is>
+          <t>Böyük laborant</t>
+        </is>
+      </c>
+      <c r="L234" t="inlineStr">
+        <is>
+          <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M234" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N234" t="inlineStr"/>
+      <c r="O234" t="inlineStr">
+        <is>
+          <t>[]</t>
+        </is>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="n">
+        <v>3117</v>
+      </c>
+      <c r="B235" t="inlineStr">
+        <is>
+          <t>Zemfira</t>
+        </is>
+      </c>
+      <c r="C235" t="inlineStr">
+        <is>
+          <t>Əli qızı</t>
+        </is>
+      </c>
+      <c r="D235" t="inlineStr">
+        <is>
+          <t>Hacıyeva</t>
+        </is>
+      </c>
+      <c r="E235" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F235" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G235" t="inlineStr">
+        <is>
+          <t>tarix elmləri doktoru</t>
+        </is>
+      </c>
+      <c r="H235" t="inlineStr">
+        <is>
+          <t>Dosent</t>
+        </is>
+      </c>
+      <c r="I235" t="inlineStr"/>
+      <c r="J235" t="inlineStr">
+        <is>
+          <t>Azərbaycanın VII – XIV əsrlər tarixi</t>
+        </is>
+      </c>
+      <c r="K235" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="L235" t="inlineStr">
+        <is>
+          <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M235" s="2" t="n">
+        <v>45292</v>
+      </c>
+      <c r="N235" t="inlineStr"/>
+      <c r="O235" t="inlineStr">
+        <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=hXjARjAAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-2482-8425'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="n">
+        <v>3195</v>
+      </c>
+      <c r="B236" t="inlineStr">
+        <is>
+          <t>Aynur</t>
+        </is>
+      </c>
+      <c r="C236" t="inlineStr">
+        <is>
+          <t>İbrahim qızı</t>
+        </is>
+      </c>
+      <c r="D236" t="inlineStr">
+        <is>
+          <t>Kərimli</t>
+        </is>
+      </c>
+      <c r="E236" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F236" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G236" t="inlineStr"/>
+      <c r="H236" t="inlineStr"/>
+      <c r="I236" t="inlineStr"/>
+      <c r="J236" t="inlineStr">
+        <is>
+          <t>Şimali Qafqaz araşdırmaları</t>
+        </is>
+      </c>
+      <c r="K236" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="L236" t="inlineStr">
+        <is>
+          <t>Abbasqulu Ağa Bakıxanov adına Tarix və Etnologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M236" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N236" t="inlineStr"/>
+      <c r="O236" t="inlineStr">
+        <is>
+          <t>[]</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>