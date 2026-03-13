--- v0 (2025-11-26)
+++ v1 (2026-03-13)
@@ -575,51 +575,51 @@
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I2" t="inlineStr"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M2" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>2016</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Elmira</t>
         </is>
@@ -636,51 +636,51 @@
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H3" t="inlineStr"/>
       <c r="I3" t="inlineStr"/>
       <c r="J3" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M3" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N3" t="inlineStr"/>
       <c r="O3" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>2017</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Məryəm</t>
         </is>
@@ -701,51 +701,51 @@
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I4" t="inlineStr"/>
       <c r="J4" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M4" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>2018</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Ruslan</t>
         </is>
@@ -766,51 +766,51 @@
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I5" t="inlineStr"/>
       <c r="J5" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M5" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N5" t="inlineStr"/>
       <c r="O5" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>2019</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Dmitriy</t>
         </is>
@@ -831,51 +831,51 @@
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I6" t="inlineStr"/>
       <c r="J6" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M6" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-1045-4159 '}]</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>2020</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Şirin</t>
         </is>
@@ -896,51 +896,51 @@
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix elmləri doktoru</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>Professor</t>
         </is>
       </c>
       <c r="I7" t="inlineStr"/>
       <c r="J7" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M7" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N7" t="inlineStr"/>
       <c r="O7" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>2021</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Məhəbbət</t>
         </is>
@@ -961,51 +961,51 @@
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix elmləri doktoru</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>Professor</t>
         </is>
       </c>
       <c r="I8" t="inlineStr"/>
       <c r="J8" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M8" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N8" t="inlineStr"/>
       <c r="O8" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-4856-6006 '}]</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>2022</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Elvin</t>
         </is>
@@ -1026,51 +1026,51 @@
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I9" t="inlineStr"/>
       <c r="J9" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M9" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N9" t="inlineStr"/>
       <c r="O9" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>2023</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Rəşid</t>
         </is>
@@ -1087,51 +1087,51 @@
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H10" t="inlineStr"/>
       <c r="I10" t="inlineStr"/>
       <c r="J10" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M10" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N10" t="inlineStr"/>
       <c r="O10" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>2024</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Vüsalə</t>
         </is>
@@ -1148,51 +1148,51 @@
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H11" t="inlineStr"/>
       <c r="I11" t="inlineStr"/>
       <c r="J11" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M11" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N11" t="inlineStr"/>
       <c r="O11" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>2025</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Nərgiz</t>
         </is>
@@ -1209,51 +1209,51 @@
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H12" t="inlineStr"/>
       <c r="I12" t="inlineStr"/>
       <c r="J12" t="inlineStr">
         <is>
           <t>Arxeoloji texnologiya sektoru</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M12" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N12" t="inlineStr"/>
       <c r="O12" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>2026</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Vaqif</t>
         </is>
@@ -1274,51 +1274,51 @@
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I13" t="inlineStr"/>
       <c r="J13" t="inlineStr">
         <is>
           <t>Arxeoloji xidmət və yeni tikinti sahələrinin arxeoloji tədqiqi</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M13" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N13" t="inlineStr"/>
       <c r="O13" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>2027</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Elnur</t>
         </is>
@@ -1339,51 +1339,51 @@
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I14" t="inlineStr"/>
       <c r="J14" t="inlineStr">
         <is>
           <t>Arxeoloji xidmət və yeni tikinti sahələrinin arxeoloji tədqiqi</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M14" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N14" t="inlineStr"/>
       <c r="O14" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>2028</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Namiq</t>
         </is>
@@ -1400,51 +1400,51 @@
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H15" t="inlineStr"/>
       <c r="I15" t="inlineStr"/>
       <c r="J15" t="inlineStr">
         <is>
           <t>Azərbaycan arxeoloji abidər toplusu sektoru</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M15" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N15" t="inlineStr"/>
       <c r="O15" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>2029</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Mübariz</t>
         </is>
@@ -1461,51 +1461,51 @@
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H16" t="inlineStr"/>
       <c r="I16" t="inlineStr"/>
       <c r="J16" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M16" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N16" t="inlineStr"/>
       <c r="O16" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>2030</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Elmira</t>
         </is>
@@ -1526,51 +1526,51 @@
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I17" t="inlineStr"/>
       <c r="J17" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M17" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N17" t="inlineStr"/>
       <c r="O17" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>2031</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Əlibaba</t>
         </is>
@@ -1591,51 +1591,51 @@
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I18" t="inlineStr"/>
       <c r="J18" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M18" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N18" t="inlineStr"/>
       <c r="O18" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>2032</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Dürdanə</t>
         </is>
@@ -1652,51 +1652,51 @@
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H19" t="inlineStr"/>
       <c r="I19" t="inlineStr"/>
       <c r="J19" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M19" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N19" t="inlineStr"/>
       <c r="O19" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>2033</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Sevil</t>
         </is>
@@ -1717,51 +1717,51 @@
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I20" t="inlineStr"/>
       <c r="J20" t="inlineStr">
         <is>
           <t>Çöl tədqiqatları sektoru</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M20" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N20" t="inlineStr"/>
       <c r="O20" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>2034</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Fatma</t>
         </is>
@@ -1778,51 +1778,51 @@
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H21" t="inlineStr"/>
       <c r="I21" t="inlineStr"/>
       <c r="J21" t="inlineStr">
         <is>
           <t>Çöl tədqiqatları sektoru</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M21" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N21" t="inlineStr"/>
       <c r="O21" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>2035</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Döyüş</t>
         </is>
@@ -1843,51 +1843,51 @@
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I22" t="inlineStr"/>
       <c r="J22" t="inlineStr">
         <is>
           <t>Çöl tədqiqatları sektoru</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M22" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N22" t="inlineStr"/>
       <c r="O22" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>2036</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Gülnarə</t>
         </is>
@@ -1908,51 +1908,51 @@
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I23" t="inlineStr"/>
       <c r="J23" t="inlineStr">
         <is>
           <t>Çöl tədqiqatları sektoru</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M23" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N23" t="inlineStr"/>
       <c r="O23" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=58262226000'}]</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>2037</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Mənsur</t>
         </is>
@@ -1973,51 +1973,51 @@
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I24" t="inlineStr"/>
       <c r="J24" t="inlineStr">
         <is>
           <t>Daş dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M24" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N24" t="inlineStr"/>
       <c r="O24" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>2038</v>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Əkbər</t>
         </is>
@@ -2034,51 +2034,51 @@
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H25" t="inlineStr"/>
       <c r="I25" t="inlineStr"/>
       <c r="J25" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M25" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N25" t="inlineStr"/>
       <c r="O25" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>2039</v>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Ceyhun</t>
         </is>
@@ -2095,51 +2095,51 @@
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H26" t="inlineStr"/>
       <c r="I26" t="inlineStr"/>
       <c r="J26" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M26" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N26" t="inlineStr"/>
       <c r="O26" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>2040</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -2160,51 +2160,51 @@
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G27" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H27" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I27" t="inlineStr"/>
       <c r="J27" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M27" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N27" t="inlineStr"/>
       <c r="O27" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>2041</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Diana</t>
         </is>
@@ -2225,51 +2225,51 @@
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H28" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I28" t="inlineStr"/>
       <c r="J28" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M28" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N28" t="inlineStr"/>
       <c r="O28" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>2042</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Valeh</t>
         </is>
@@ -2286,51 +2286,51 @@
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
           <t>tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H29" t="inlineStr"/>
       <c r="I29" t="inlineStr"/>
       <c r="J29" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M29" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N29" t="inlineStr"/>
       <c r="O29" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=jfFGNP4AAAAJ&amp;hl=en'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=57194432552'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-6771-8656'}]</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>2043</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Şamil</t>
         </is>
@@ -2351,51 +2351,51 @@
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H30" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I30" t="inlineStr"/>
       <c r="J30" t="inlineStr">
         <is>
           <t>Etnoarxeologiya</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M30" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N30" t="inlineStr"/>
       <c r="O30" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-8834-7188 '}]</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>2044</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Anar</t>
         </is>
@@ -2416,51 +2416,51 @@
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I31" t="inlineStr"/>
       <c r="J31" t="inlineStr">
         <is>
           <t>Etnoarxeologiya</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M31" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=v-BBYqgAAAAJ&amp;hl=en'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=57226280678'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-3140-4617 '}]</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>2045</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Ülviyyə</t>
         </is>
@@ -2477,51 +2477,51 @@
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H32" t="inlineStr"/>
       <c r="I32" t="inlineStr"/>
       <c r="J32" t="inlineStr">
         <is>
           <t>Etnoarxeologiya</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M32" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N32" t="inlineStr"/>
       <c r="O32" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>2046</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>İdris</t>
         </is>
@@ -2538,51 +2538,51 @@
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H33" t="inlineStr"/>
       <c r="I33" t="inlineStr"/>
       <c r="J33" t="inlineStr">
         <is>
           <t>Neolit -Eneolit dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M33" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N33" t="inlineStr"/>
       <c r="O33" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>2047</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Vəfa</t>
         </is>
@@ -2603,51 +2603,51 @@
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I34" t="inlineStr"/>
       <c r="J34" t="inlineStr">
         <is>
           <t>Neolit -Eneolit dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M34" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N34" t="inlineStr"/>
       <c r="O34" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>2048</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Tükəzban</t>
         </is>
@@ -2668,51 +2668,51 @@
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I35" t="inlineStr"/>
       <c r="J35" t="inlineStr">
         <is>
           <t>Tunc dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M35" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N35" t="inlineStr"/>
       <c r="O35" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
         <v>2049</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Müzəffər</t>
         </is>
@@ -2733,51 +2733,51 @@
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
           <t>tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I36" t="inlineStr"/>
       <c r="J36" t="inlineStr">
         <is>
           <t>Tunc dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M36" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N36" t="inlineStr"/>
       <c r="O36" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Zj55odIAAAAJ&amp;hl=en'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=58077227900'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-1313-3035'}]</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>2050</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Azad</t>
         </is>
@@ -2798,51 +2798,51 @@
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I37" t="inlineStr"/>
       <c r="J37" t="inlineStr">
         <is>
           <t>Arxeoloji xidmət və yeni tikinti sahələrinin arxeoloji tədqiqi</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M37" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N37" t="inlineStr"/>
       <c r="O37" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=1GIQA4cAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AzadZeynalov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2944-7127'}]</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>2051</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Ellada</t>
         </is>
@@ -2859,51 +2859,51 @@
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H38" t="inlineStr"/>
       <c r="I38" t="inlineStr"/>
       <c r="J38" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi (0,5)</t>
+          <t>Aparıcı elmi işçi (0,5)</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M38" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N38" t="inlineStr"/>
       <c r="O38" t="inlineStr">
         <is>
           <t>[{'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Ellada_Bakirova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ellabekirova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-1788-1310'}]</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>2052</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Fariz</t>
         </is>
@@ -2920,51 +2920,51 @@
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H39" t="inlineStr"/>
       <c r="I39" t="inlineStr"/>
       <c r="J39" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi (0,5)</t>
+          <t>Aparıcı elmi işçi (0,5)</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M39" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N39" t="inlineStr"/>
       <c r="O39" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9700-9957 '}]</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>2053</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>İradə</t>
         </is>
@@ -2981,51 +2981,51 @@
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H40" t="inlineStr"/>
       <c r="I40" t="inlineStr"/>
       <c r="J40" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi (0,5)</t>
+          <t>Aparıcı elmi işçi (0,5)</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M40" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N40" t="inlineStr"/>
       <c r="O40" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>2054</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Tarix</t>
         </is>
@@ -3046,51 +3046,51 @@
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix elmləri doktoru</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I41" t="inlineStr"/>
       <c r="J41" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi şöbəsi</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi (0,5)</t>
+          <t>Aparıcı elmi işçi (0,5)</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M41" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N41" t="inlineStr"/>
       <c r="O41" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=ke_GqmgAAAAJ&amp;hl=en'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2054/8/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>2055</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Qüdrət</t>
         </is>
@@ -3111,51 +3111,51 @@
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix elmləri doktoru</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
           <t>Professor</t>
         </is>
       </c>
       <c r="I42" t="inlineStr"/>
       <c r="J42" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi (0,5)</t>
+          <t>Aparıcı elmi işçi (0,5)</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M42" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N42" t="inlineStr"/>
       <c r="O42" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>2056</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Kübra</t>
         </is>
@@ -3233,51 +3233,51 @@
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix elmləri doktoru</t>
         </is>
       </c>
       <c r="H44" t="inlineStr"/>
       <c r="I44" t="inlineStr"/>
       <c r="J44" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M44" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N44" t="inlineStr"/>
       <c r="O44" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
         <v>2058</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Tufan</t>
         </is>
@@ -3359,51 +3359,51 @@
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G46" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H46" t="inlineStr"/>
       <c r="I46" t="inlineStr"/>
       <c r="J46" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M46" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N46" t="inlineStr"/>
       <c r="O46" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>2060</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Hüseyn</t>
         </is>
@@ -3416,51 +3416,51 @@
       <c r="D47" t="inlineStr">
         <is>
           <t>Məmmədzadə</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
       <c r="I47" t="inlineStr"/>
       <c r="J47" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M47" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N47" t="inlineStr"/>
       <c r="O47" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>2061</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -3473,51 +3473,51 @@
       <c r="D48" t="inlineStr">
         <is>
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G48" t="inlineStr"/>
       <c r="H48" t="inlineStr"/>
       <c r="I48" t="inlineStr"/>
       <c r="J48" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M48" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N48" t="inlineStr"/>
       <c r="O48" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>2062</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Afaq</t>
         </is>
@@ -3530,51 +3530,51 @@
       <c r="D49" t="inlineStr">
         <is>
           <t>Quluzadə</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G49" t="inlineStr"/>
       <c r="H49" t="inlineStr"/>
       <c r="I49" t="inlineStr"/>
       <c r="J49" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M49" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N49" t="inlineStr"/>
       <c r="O49" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>2063</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Fidan</t>
         </is>
@@ -3587,51 +3587,51 @@
       <c r="D50" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G50" t="inlineStr"/>
       <c r="H50" t="inlineStr"/>
       <c r="I50" t="inlineStr"/>
       <c r="J50" t="inlineStr">
         <is>
           <t>Beynəlxalq əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M50" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N50" t="inlineStr"/>
       <c r="O50" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>2064</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Faiq</t>
         </is>
@@ -3644,51 +3644,51 @@
       <c r="D51" t="inlineStr">
         <is>
           <t>Babayev</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
       <c r="I51" t="inlineStr"/>
       <c r="J51" t="inlineStr">
         <is>
           <t>Çöl tədqiqatları sektoru</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M51" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N51" t="inlineStr"/>
       <c r="O51" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
         <v>2065</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Gülanə</t>
         </is>
@@ -3705,51 +3705,51 @@
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H52" t="inlineStr"/>
       <c r="I52" t="inlineStr"/>
       <c r="J52" t="inlineStr">
         <is>
           <t>Çöl tədqiqatları sektoru</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M52" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N52" t="inlineStr"/>
       <c r="O52" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
         <v>2066</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Ceyhun</t>
         </is>
@@ -3766,51 +3766,51 @@
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H53" t="inlineStr"/>
       <c r="I53" t="inlineStr"/>
       <c r="J53" t="inlineStr">
         <is>
           <t>Daş dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M53" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N53" t="inlineStr"/>
       <c r="O53" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
         <v>2067</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>İntizar</t>
         </is>
@@ -3823,51 +3823,51 @@
       <c r="D54" t="inlineStr">
         <is>
           <t>Bədəlova</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G54" t="inlineStr"/>
       <c r="H54" t="inlineStr"/>
       <c r="I54" t="inlineStr"/>
       <c r="J54" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M54" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N54" t="inlineStr"/>
       <c r="O54" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="n">
         <v>2068</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Pərviz</t>
         </is>
@@ -3884,51 +3884,51 @@
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H55" t="inlineStr"/>
       <c r="I55" t="inlineStr"/>
       <c r="J55" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M55" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N55" t="inlineStr"/>
       <c r="O55" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-0193-086X '}]</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="n">
         <v>2069</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Həsənağa</t>
         </is>
@@ -3945,51 +3945,51 @@
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H56" t="inlineStr"/>
       <c r="I56" t="inlineStr"/>
       <c r="J56" t="inlineStr">
         <is>
           <t>Neolit -Eneolit dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M56" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N56" t="inlineStr"/>
       <c r="O56" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
         <v>2070</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Teymur</t>
         </is>
@@ -4006,51 +4006,51 @@
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G57" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H57" t="inlineStr"/>
       <c r="I57" t="inlineStr"/>
       <c r="J57" t="inlineStr">
         <is>
           <t>Numizmatika və Epiqrafika şöbəsi</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M57" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N57" t="inlineStr"/>
       <c r="O57" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
         <v>2071</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -4067,51 +4067,51 @@
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G58" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H58" t="inlineStr"/>
       <c r="I58" t="inlineStr"/>
       <c r="J58" t="inlineStr">
         <is>
           <t>Xəzər arxeologiyası</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
-          <t>böyük elmi işçi (0,5)</t>
+          <t>Böyük elmi işçi (0,5)</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M58" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N58" t="inlineStr"/>
       <c r="O58" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
         <v>2072</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Anar</t>
         </is>
@@ -4128,51 +4128,51 @@
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G59" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H59" t="inlineStr"/>
       <c r="I59" t="inlineStr"/>
       <c r="J59" t="inlineStr">
         <is>
           <t>Tunc dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>böyük elmi işçi (0.5)</t>
+          <t>Böyük elmi işçi (0.5)</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M59" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N59" t="inlineStr"/>
       <c r="O59" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
         <v>2073</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Aida</t>
         </is>
@@ -4189,51 +4189,51 @@
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G60" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H60" t="inlineStr"/>
       <c r="I60" t="inlineStr"/>
       <c r="J60" t="inlineStr">
         <is>
           <t>Tunc dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
-          <t>böyük elmi işçi (0.5)</t>
+          <t>Böyük elmi işçi (0.5)</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M60" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N60" t="inlineStr"/>
       <c r="O60" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
         <v>2074</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>İradə</t>
         </is>
@@ -4250,51 +4250,51 @@
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G61" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H61" t="inlineStr"/>
       <c r="I61" t="inlineStr"/>
       <c r="J61" t="inlineStr">
         <is>
           <t>Tunc dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K61" t="inlineStr">
         <is>
-          <t>böyük elmi işçi (0.5)</t>
+          <t>Böyük elmi işçi (0.5)</t>
         </is>
       </c>
       <c r="L61" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M61" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N61" t="inlineStr"/>
       <c r="O61" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="n">
         <v>2075</v>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Məlahət</t>
         </is>
@@ -4315,51 +4315,51 @@
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G62" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I62" t="inlineStr"/>
       <c r="J62" t="inlineStr">
         <is>
           <t>Etnoarxeologiya</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>böyük elmi işçi (0.5)</t>
+          <t>Böyük elmi işçi (0.5)</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M62" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N62" t="inlineStr"/>
       <c r="O62" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-4041-8228 '}]</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="n">
         <v>2076</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Fərhad</t>
         </is>
@@ -4382,51 +4382,51 @@
       <c r="F63" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G63" t="inlineStr">
         <is>
           <t>tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I63" s="2" t="n">
         <v>26951</v>
       </c>
       <c r="J63" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>direktor</t>
+          <t>Direktor</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M63" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N63" t="inlineStr"/>
       <c r="O63" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=yv4MKdQAAAAJ&amp;hl=en'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=55343690100'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Farhad-Guliyev'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://archaeopark.academia.edu/FarhadGuliyev'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-1994-4776'}]</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="n">
         <v>2077</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Əfsanə</t>
         </is>
@@ -4439,51 +4439,51 @@
       <c r="D64" t="inlineStr">
         <is>
           <t>Rzayeva</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
       <c r="I64" t="inlineStr"/>
       <c r="J64" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L64" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M64" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N64" t="inlineStr"/>
       <c r="O64" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="n">
         <v>2078</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Yusif</t>
         </is>
@@ -4496,51 +4496,51 @@
       <c r="D65" t="inlineStr">
         <is>
           <t>İbrahimov</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
       <c r="I65" t="inlineStr"/>
       <c r="J65" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M65" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N65" t="inlineStr"/>
       <c r="O65" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="n">
         <v>2079</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Samirə</t>
         </is>
@@ -4553,51 +4553,51 @@
       <c r="D66" t="inlineStr">
         <is>
           <t>Qarayeva</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G66" t="inlineStr"/>
       <c r="H66" t="inlineStr"/>
       <c r="I66" t="inlineStr"/>
       <c r="J66" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K66" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L66" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M66" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N66" t="inlineStr"/>
       <c r="O66" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="n">
         <v>2080</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Eldar</t>
         </is>
@@ -4610,51 +4610,51 @@
       <c r="D67" t="inlineStr">
         <is>
           <t>Musayev</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G67" t="inlineStr"/>
       <c r="H67" t="inlineStr"/>
       <c r="I67" t="inlineStr"/>
       <c r="J67" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L67" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M67" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N67" t="inlineStr"/>
       <c r="O67" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="n">
         <v>2081</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>Aygün</t>
         </is>
@@ -4667,51 +4667,51 @@
       <c r="D68" t="inlineStr">
         <is>
           <t>Bağırova</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
       <c r="I68" t="inlineStr"/>
       <c r="J68" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M68" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N68" t="inlineStr"/>
       <c r="O68" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="n">
         <v>2082</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Nuranə</t>
         </is>
@@ -4724,51 +4724,51 @@
       <c r="D69" t="inlineStr">
         <is>
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
       <c r="I69" t="inlineStr"/>
       <c r="J69" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M69" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N69" t="inlineStr"/>
       <c r="O69" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="n">
         <v>2083</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Vüsal</t>
         </is>
@@ -4781,51 +4781,51 @@
       <c r="D70" t="inlineStr">
         <is>
           <t>Gasanovi</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G70" t="inlineStr"/>
       <c r="H70" t="inlineStr"/>
       <c r="I70" t="inlineStr"/>
       <c r="J70" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M70" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N70" t="inlineStr"/>
       <c r="O70" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="n">
         <v>2084</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Pərivəs</t>
         </is>
@@ -4838,51 +4838,51 @@
       <c r="D71" t="inlineStr">
         <is>
           <t>Babai</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G71" t="inlineStr"/>
       <c r="H71" t="inlineStr"/>
       <c r="I71" t="inlineStr"/>
       <c r="J71" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L71" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M71" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N71" t="inlineStr"/>
       <c r="O71" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="n">
         <v>2085</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Təranə</t>
         </is>
@@ -4895,51 +4895,51 @@
       <c r="D72" t="inlineStr">
         <is>
           <t>Babayeva</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G72" t="inlineStr"/>
       <c r="H72" t="inlineStr"/>
       <c r="I72" t="inlineStr"/>
       <c r="J72" t="inlineStr">
         <is>
           <t>Arxeoloji xidmət və yeni tikinti sahələrinin arxeoloji tədqiqi</t>
         </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L72" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M72" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N72" t="inlineStr"/>
       <c r="O72" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="n">
         <v>2086</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Əhliman</t>
         </is>
@@ -4952,51 +4952,51 @@
       <c r="D73" t="inlineStr">
         <is>
           <t>Əbdürrəhmanov</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G73" t="inlineStr"/>
       <c r="H73" t="inlineStr"/>
       <c r="I73" t="inlineStr"/>
       <c r="J73" t="inlineStr">
         <is>
           <t>Azərbaycan arxeoloji abidər toplusu sektoru</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L73" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M73" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N73" t="inlineStr"/>
       <c r="O73" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
         <v>2087</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Orxan</t>
         </is>
@@ -5013,51 +5013,51 @@
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H74" t="inlineStr"/>
       <c r="I74" t="inlineStr"/>
       <c r="J74" t="inlineStr">
         <is>
           <t>Azərbaycanın arxeoloji abidərinin toplusu sektoru</t>
         </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L74" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M74" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N74" t="inlineStr"/>
       <c r="O74" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="n">
         <v>2088</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Məmmədəmin</t>
         </is>
@@ -5070,51 +5070,51 @@
       <c r="D75" t="inlineStr">
         <is>
           <t>Rəcəbov</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G75" t="inlineStr"/>
       <c r="H75" t="inlineStr"/>
       <c r="I75" t="inlineStr"/>
       <c r="J75" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L75" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M75" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N75" t="inlineStr"/>
       <c r="O75" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="n">
         <v>2089</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Məcid</t>
         </is>
@@ -5127,51 +5127,51 @@
       <c r="D76" t="inlineStr">
         <is>
           <t>Məcidzadə</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
       <c r="I76" t="inlineStr"/>
       <c r="J76" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M76" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N76" t="inlineStr"/>
       <c r="O76" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
         <v>2090</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Arzu</t>
         </is>
@@ -5184,51 +5184,51 @@
       <c r="D77" t="inlineStr">
         <is>
           <t>Abdullayeva</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
       <c r="I77" t="inlineStr"/>
       <c r="J77" t="inlineStr">
         <is>
           <t>Beynəlxalq əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L77" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M77" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N77" t="inlineStr"/>
       <c r="O77" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
         <v>2091</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Bədircahan</t>
         </is>
@@ -5241,51 +5241,51 @@
       <c r="D78" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
       <c r="I78" t="inlineStr"/>
       <c r="J78" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L78" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M78" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N78" t="inlineStr"/>
       <c r="O78" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
         <v>2092</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Lola</t>
         </is>
@@ -5298,51 +5298,51 @@
       <c r="D79" t="inlineStr">
         <is>
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
       <c r="I79" t="inlineStr"/>
       <c r="J79" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L79" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M79" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N79" t="inlineStr"/>
       <c r="O79" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=mzxvcbgAAAAJ&amp;hl=en'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=57225198670'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-7700-5422 '}]</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="n">
         <v>2093</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Orxan</t>
         </is>
@@ -5355,51 +5355,51 @@
       <c r="D80" t="inlineStr">
         <is>
           <t>Zamanov</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G80" t="inlineStr"/>
       <c r="H80" t="inlineStr"/>
       <c r="I80" t="inlineStr"/>
       <c r="J80" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L80" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M80" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N80" t="inlineStr"/>
       <c r="O80" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
         <v>2094</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Yaqub</t>
         </is>
@@ -5416,51 +5416,51 @@
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H81" t="inlineStr"/>
       <c r="I81" t="inlineStr"/>
       <c r="J81" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L81" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M81" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N81" t="inlineStr"/>
       <c r="O81" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="n">
         <v>2095</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Mətanət</t>
         </is>
@@ -5473,51 +5473,51 @@
       <c r="D82" t="inlineStr">
         <is>
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G82" t="inlineStr"/>
       <c r="H82" t="inlineStr"/>
       <c r="I82" t="inlineStr"/>
       <c r="J82" t="inlineStr">
         <is>
           <t>Etnoarxeologiya</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L82" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M82" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N82" t="inlineStr"/>
       <c r="O82" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="n">
         <v>2096</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Ülviyyə</t>
         </is>
@@ -5530,51 +5530,51 @@
       <c r="D83" t="inlineStr">
         <is>
           <t>Səfərova</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G83" t="inlineStr"/>
       <c r="H83" t="inlineStr"/>
       <c r="I83" t="inlineStr"/>
       <c r="J83" t="inlineStr">
         <is>
           <t>Etnoarxeologiya</t>
         </is>
       </c>
       <c r="K83" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L83" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M83" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N83" t="inlineStr"/>
       <c r="O83" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="n">
         <v>2097</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Afiq</t>
         </is>
@@ -5587,51 +5587,51 @@
       <c r="D84" t="inlineStr">
         <is>
           <t>Abdullayev</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
       <c r="I84" t="inlineStr"/>
       <c r="J84" t="inlineStr">
         <is>
           <t>Numizmatika və Epiqrafika şöbəsi</t>
         </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L84" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M84" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N84" t="inlineStr"/>
       <c r="O84" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="n">
         <v>2098</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Akif</t>
         </is>
@@ -5644,51 +5644,51 @@
       <c r="D85" t="inlineStr">
         <is>
           <t>Quliyev</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
       <c r="I85" t="inlineStr"/>
       <c r="J85" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
-          <t>elmi katib</t>
+          <t>Elmi katib</t>
         </is>
       </c>
       <c r="L85" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M85" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N85" t="inlineStr"/>
       <c r="O85" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=fTGz1JEAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AkifQuliyev'}]</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="n">
         <v>2099</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Zaur</t>
         </is>
@@ -5705,51 +5705,51 @@
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G86" t="inlineStr">
         <is>
           <t>tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H86" t="inlineStr"/>
       <c r="I86" t="inlineStr"/>
       <c r="J86" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
-          <t>elmi işlər üzrə direktor müavini</t>
+          <t>Elmi işlər üzrə direktor müavini</t>
         </is>
       </c>
       <c r="L86" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M86" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N86" t="inlineStr"/>
       <c r="O86" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=9HPPPvEAAAAJ&amp;hl=en'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=57192313528'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-5674-9818'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2099/8/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="n">
         <v>2100</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Aliyə</t>
         </is>
@@ -5762,51 +5762,51 @@
       <c r="D87" t="inlineStr">
         <is>
           <t>Adgözəlova</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
       <c r="I87" t="inlineStr"/>
       <c r="J87" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K87" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L87" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M87" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N87" t="inlineStr"/>
       <c r="O87" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="n">
         <v>2101</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Aygün</t>
         </is>
@@ -5819,51 +5819,51 @@
       <c r="D88" t="inlineStr">
         <is>
           <t>Zeynalova</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G88" t="inlineStr"/>
       <c r="H88" t="inlineStr"/>
       <c r="I88" t="inlineStr"/>
       <c r="J88" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K88" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L88" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M88" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N88" t="inlineStr"/>
       <c r="O88" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="n">
         <v>2102</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>Samirə</t>
         </is>
@@ -5876,51 +5876,51 @@
       <c r="D89" t="inlineStr">
         <is>
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G89" t="inlineStr"/>
       <c r="H89" t="inlineStr"/>
       <c r="I89" t="inlineStr"/>
       <c r="J89" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K89" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L89" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M89" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N89" t="inlineStr"/>
       <c r="O89" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="n">
         <v>2103</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Şaxanım</t>
         </is>
@@ -5933,51 +5933,51 @@
       <c r="D90" t="inlineStr">
         <is>
           <t>Bayraməli</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
       <c r="I90" t="inlineStr"/>
       <c r="J90" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K90" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L90" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M90" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N90" t="inlineStr"/>
       <c r="O90" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="n">
         <v>2104</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Məleykə</t>
         </is>
@@ -5990,51 +5990,51 @@
       <c r="D91" t="inlineStr">
         <is>
           <t>Mahmudova</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G91" t="inlineStr"/>
       <c r="H91" t="inlineStr"/>
       <c r="I91" t="inlineStr"/>
       <c r="J91" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L91" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M91" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N91" t="inlineStr"/>
       <c r="O91" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="n">
         <v>2105</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Günay</t>
         </is>
@@ -6047,51 +6047,51 @@
       <c r="D92" t="inlineStr">
         <is>
           <t>Bayramova</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
       <c r="I92" t="inlineStr"/>
       <c r="J92" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K92" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L92" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M92" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N92" t="inlineStr"/>
       <c r="O92" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="n">
         <v>2106</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>Gülpəri</t>
         </is>
@@ -6104,51 +6104,51 @@
       <c r="D93" t="inlineStr">
         <is>
           <t>Əhmədova</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
       <c r="I93" t="inlineStr"/>
       <c r="J93" t="inlineStr">
         <is>
           <t>Arxeoloji xidmət və yeni tikinti sahələrinin arxeoloji tədqiqi</t>
         </is>
       </c>
       <c r="K93" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L93" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M93" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N93" t="inlineStr"/>
       <c r="O93" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="n">
         <v>2107</v>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>İslam</t>
         </is>
@@ -6161,51 +6161,51 @@
       <c r="D94" t="inlineStr">
         <is>
           <t>Rüstəmov</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
       <c r="I94" t="inlineStr"/>
       <c r="J94" t="inlineStr">
         <is>
           <t>Arxeoloji xidmət və yeni tikinti sahələrinin arxeoloji tədqiqi</t>
         </is>
       </c>
       <c r="K94" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L94" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M94" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N94" t="inlineStr"/>
       <c r="O94" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="n">
         <v>2108</v>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>Məhiyəddin</t>
         </is>
@@ -6218,51 +6218,51 @@
       <c r="D95" t="inlineStr">
         <is>
           <t>Seyidov</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
       <c r="I95" t="inlineStr"/>
       <c r="J95" t="inlineStr">
         <is>
           <t>Azərbaycanın arxeoloji abidərinin toplusu sektoru</t>
         </is>
       </c>
       <c r="K95" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L95" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M95" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N95" t="inlineStr"/>
       <c r="O95" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="n">
         <v>2109</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
@@ -6275,51 +6275,51 @@
       <c r="D96" t="inlineStr">
         <is>
           <t>Nəsirova</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G96" t="inlineStr"/>
       <c r="H96" t="inlineStr"/>
       <c r="I96" t="inlineStr"/>
       <c r="J96" t="inlineStr">
         <is>
           <t>Azərbaycanın arxeoloji abidərinin toplusu sektoru</t>
         </is>
       </c>
       <c r="K96" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L96" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M96" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N96" t="inlineStr"/>
       <c r="O96" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="n">
         <v>2110</v>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Şəhla</t>
         </is>
@@ -6332,51 +6332,51 @@
       <c r="D97" t="inlineStr">
         <is>
           <t>Əyyubova</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G97" t="inlineStr"/>
       <c r="H97" t="inlineStr"/>
       <c r="I97" t="inlineStr"/>
       <c r="J97" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K97" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L97" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M97" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N97" t="inlineStr"/>
       <c r="O97" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="n">
         <v>2111</v>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>Kifayət</t>
         </is>
@@ -6389,51 +6389,51 @@
       <c r="D98" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G98" t="inlineStr"/>
       <c r="H98" t="inlineStr"/>
       <c r="I98" t="inlineStr"/>
       <c r="J98" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K98" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L98" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M98" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N98" t="inlineStr"/>
       <c r="O98" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="n">
         <v>2112</v>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Abdulla</t>
         </is>
@@ -6446,51 +6446,51 @@
       <c r="D99" t="inlineStr">
         <is>
           <t>Abdullayev</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G99" t="inlineStr"/>
       <c r="H99" t="inlineStr"/>
       <c r="I99" t="inlineStr"/>
       <c r="J99" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K99" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L99" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M99" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N99" t="inlineStr"/>
       <c r="O99" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="n">
         <v>2113</v>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>Pəri</t>
         </is>
@@ -6503,51 +6503,51 @@
       <c r="D100" t="inlineStr">
         <is>
           <t>Ağayeva</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G100" t="inlineStr"/>
       <c r="H100" t="inlineStr"/>
       <c r="I100" t="inlineStr"/>
       <c r="J100" t="inlineStr">
         <is>
           <t>Beynəlxalq əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K100" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L100" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M100" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N100" t="inlineStr"/>
       <c r="O100" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="n">
         <v>2114</v>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>İlahə</t>
         </is>
@@ -6560,51 +6560,51 @@
       <c r="D101" t="inlineStr">
         <is>
           <t>Nəhmətova</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G101" t="inlineStr"/>
       <c r="H101" t="inlineStr"/>
       <c r="I101" t="inlineStr"/>
       <c r="J101" t="inlineStr">
         <is>
           <t>Beynəlxalq əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K101" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L101" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M101" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N101" t="inlineStr"/>
       <c r="O101" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="n">
         <v>2115</v>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -6617,51 +6617,51 @@
       <c r="D102" t="inlineStr">
         <is>
           <t>Mustafayeva</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
       <c r="I102" t="inlineStr"/>
       <c r="J102" t="inlineStr">
         <is>
           <t>Beynəlxalq əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K102" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L102" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M102" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N102" t="inlineStr"/>
       <c r="O102" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="n">
         <v>2116</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Xuraman</t>
         </is>
@@ -6674,51 +6674,51 @@
       <c r="D103" t="inlineStr">
         <is>
           <t>Əhmədova</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
       <c r="I103" t="inlineStr"/>
       <c r="J103" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K103" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L103" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M103" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N103" t="inlineStr"/>
       <c r="O103" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="n">
         <v>2117</v>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>Cavid</t>
         </is>
@@ -6731,51 +6731,51 @@
       <c r="D104" t="inlineStr">
         <is>
           <t>Bayramov</t>
         </is>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G104" t="inlineStr"/>
       <c r="H104" t="inlineStr"/>
       <c r="I104" t="inlineStr"/>
       <c r="J104" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K104" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L104" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M104" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N104" t="inlineStr"/>
       <c r="O104" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="n">
         <v>2118</v>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Aliyə</t>
         </is>
@@ -6788,51 +6788,51 @@
       <c r="D105" t="inlineStr">
         <is>
           <t>Qəhrəmanova</t>
         </is>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F105" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G105" t="inlineStr"/>
       <c r="H105" t="inlineStr"/>
       <c r="I105" t="inlineStr"/>
       <c r="J105" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K105" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L105" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M105" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N105" t="inlineStr"/>
       <c r="O105" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="n">
         <v>2119</v>
       </c>
       <c r="B106" t="inlineStr">
         <is>
           <t>Gülnarə</t>
         </is>
@@ -6845,51 +6845,51 @@
       <c r="D106" t="inlineStr">
         <is>
           <t>Hacıyeva</t>
         </is>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F106" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G106" t="inlineStr"/>
       <c r="H106" t="inlineStr"/>
       <c r="I106" t="inlineStr"/>
       <c r="J106" t="inlineStr">
         <is>
           <t>Etnoarxeologiya</t>
         </is>
       </c>
       <c r="K106" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L106" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M106" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N106" t="inlineStr"/>
       <c r="O106" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="n">
         <v>2120</v>
       </c>
       <c r="B107" t="inlineStr">
         <is>
           <t>Kəmalə</t>
         </is>
@@ -6902,51 +6902,51 @@
       <c r="D107" t="inlineStr">
         <is>
           <t>Qüdrətova</t>
         </is>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G107" t="inlineStr"/>
       <c r="H107" t="inlineStr"/>
       <c r="I107" t="inlineStr"/>
       <c r="J107" t="inlineStr">
         <is>
           <t>Etnoarxeologiya</t>
         </is>
       </c>
       <c r="K107" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L107" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M107" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N107" t="inlineStr"/>
       <c r="O107" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="n">
         <v>2121</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Fərhad</t>
         </is>
@@ -6959,51 +6959,51 @@
       <c r="D108" t="inlineStr">
         <is>
           <t>Fərmanov</t>
         </is>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F108" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G108" t="inlineStr"/>
       <c r="H108" t="inlineStr"/>
       <c r="I108" t="inlineStr"/>
       <c r="J108" t="inlineStr">
         <is>
           <t>Etnoarxeologiya</t>
         </is>
       </c>
       <c r="K108" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L108" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M108" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N108" t="inlineStr"/>
       <c r="O108" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="n">
         <v>2122</v>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>Zümrüd</t>
         </is>
@@ -7016,51 +7016,51 @@
       <c r="D109" t="inlineStr">
         <is>
           <t>Mehdiyeva</t>
         </is>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F109" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G109" t="inlineStr"/>
       <c r="H109" t="inlineStr"/>
       <c r="I109" t="inlineStr"/>
       <c r="J109" t="inlineStr">
         <is>
           <t>Tunc dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K109" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L109" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M109" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N109" t="inlineStr"/>
       <c r="O109" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="n">
         <v>2123</v>
       </c>
       <c r="B110" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -7073,51 +7073,51 @@
       <c r="D110" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
       <c r="I110" t="inlineStr"/>
       <c r="J110" t="inlineStr">
         <is>
           <t>Xəzər arxeologiyası</t>
         </is>
       </c>
       <c r="K110" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L110" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M110" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N110" t="inlineStr"/>
       <c r="O110" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="n">
         <v>2124</v>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Emin</t>
         </is>
@@ -7134,51 +7134,51 @@
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G111" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H111" t="inlineStr"/>
       <c r="I111" t="inlineStr"/>
       <c r="J111" t="inlineStr">
         <is>
           <t>Arxeoloji xidmət və yeni tikinti sahələrinin arxeoloji tədqiqi</t>
         </is>
       </c>
       <c r="K111" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi(0,5)</t>
+          <t>Kiçik elmi işçi(0,5)</t>
         </is>
       </c>
       <c r="L111" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M111" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N111" t="inlineStr"/>
       <c r="O111" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="n">
         <v>2125</v>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Nərmin</t>
         </is>
@@ -7191,51 +7191,51 @@
       <c r="D112" t="inlineStr">
         <is>
           <t>Məmmədli</t>
         </is>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F112" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G112" t="inlineStr"/>
       <c r="H112" t="inlineStr"/>
       <c r="I112" t="inlineStr"/>
       <c r="J112" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K112" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi(0,5)</t>
+          <t>Kiçik elmi işçi(0,5)</t>
         </is>
       </c>
       <c r="L112" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M112" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N112" t="inlineStr"/>
       <c r="O112" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="n">
         <v>2126</v>
       </c>
       <c r="B113" t="inlineStr">
         <is>
           <t>Vüsalə</t>
         </is>
@@ -7248,51 +7248,51 @@
       <c r="D113" t="inlineStr">
         <is>
           <t>Bedullazadə</t>
         </is>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F113" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G113" t="inlineStr"/>
       <c r="H113" t="inlineStr"/>
       <c r="I113" t="inlineStr"/>
       <c r="J113" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K113" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi(0,5)</t>
+          <t>Kiçik elmi işçi(0,5)</t>
         </is>
       </c>
       <c r="L113" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M113" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N113" t="inlineStr"/>
       <c r="O113" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="n">
         <v>2127</v>
       </c>
       <c r="B114" t="inlineStr">
         <is>
           <t>Sədaqət</t>
         </is>
@@ -7305,51 +7305,51 @@
       <c r="D114" t="inlineStr">
         <is>
           <t>Məmmədli</t>
         </is>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G114" t="inlineStr"/>
       <c r="H114" t="inlineStr"/>
       <c r="I114" t="inlineStr"/>
       <c r="J114" t="inlineStr">
         <is>
           <t>Numizmatika və Epiqrafika şöbəsi</t>
         </is>
       </c>
       <c r="K114" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi(0,5)</t>
+          <t>Kiçik elmi işçi(0,5)</t>
         </is>
       </c>
       <c r="L114" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M114" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N114" t="inlineStr"/>
       <c r="O114" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="n">
         <v>2128</v>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -7362,51 +7362,51 @@
       <c r="D115" t="inlineStr">
         <is>
           <t>Vəliyeva</t>
         </is>
       </c>
       <c r="E115" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F115" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G115" t="inlineStr"/>
       <c r="H115" t="inlineStr"/>
       <c r="I115" t="inlineStr"/>
       <c r="J115" t="inlineStr">
         <is>
           <t>Tunc dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K115" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi(0,5)</t>
+          <t>Kiçik elmi işçi(0,5)</t>
         </is>
       </c>
       <c r="L115" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M115" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N115" t="inlineStr"/>
       <c r="O115" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="n">
         <v>2129</v>
       </c>
       <c r="B116" t="inlineStr">
         <is>
           <t>Təranə</t>
         </is>
@@ -7419,51 +7419,51 @@
       <c r="D116" t="inlineStr">
         <is>
           <t>Mirzoyeva</t>
         </is>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F116" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G116" t="inlineStr"/>
       <c r="H116" t="inlineStr"/>
       <c r="I116" t="inlineStr"/>
       <c r="J116" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K116" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi(0,5)</t>
+          <t>Kiçik elmi işçi(0,5)</t>
         </is>
       </c>
       <c r="L116" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M116" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N116" t="inlineStr"/>
       <c r="O116" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="n">
         <v>2130</v>
       </c>
       <c r="B117" t="inlineStr">
         <is>
           <t>Vüsalə</t>
         </is>
@@ -7476,51 +7476,51 @@
       <c r="D117" t="inlineStr">
         <is>
           <t>Əliyarova</t>
         </is>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G117" t="inlineStr"/>
       <c r="H117" t="inlineStr"/>
       <c r="I117" t="inlineStr"/>
       <c r="J117" t="inlineStr">
         <is>
           <t>Tunc dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K117" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L117" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M117" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N117" t="inlineStr"/>
       <c r="O117" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="n">
         <v>2131</v>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Qəfər</t>
         </is>
@@ -7541,51 +7541,51 @@
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix elmləri doktoru</t>
         </is>
       </c>
       <c r="H118" t="inlineStr">
         <is>
           <t>Professor</t>
         </is>
       </c>
       <c r="I118" t="inlineStr"/>
       <c r="J118" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K118" t="inlineStr">
         <is>
-          <t>mərkəz rəhbəri</t>
+          <t>Mərkəz rəhbəri</t>
         </is>
       </c>
       <c r="L118" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M118" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N118" t="inlineStr"/>
       <c r="O118" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="n">
         <v>2132</v>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Əliağa</t>
         </is>
@@ -7671,51 +7671,51 @@
         </is>
       </c>
       <c r="F120" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G120" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H120" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I120" t="inlineStr"/>
       <c r="J120" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K120" t="inlineStr">
         <is>
-          <t>sektor müdiri</t>
+          <t>Sektor müdiri</t>
         </is>
       </c>
       <c r="L120" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M120" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N120" t="inlineStr"/>
       <c r="O120" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="n">
         <v>2134</v>
       </c>
       <c r="B121" t="inlineStr">
         <is>
           <t>Natiq</t>
         </is>
@@ -7736,51 +7736,51 @@
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H121" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I121" t="inlineStr"/>
       <c r="J121" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K121" t="inlineStr">
         <is>
-          <t>sektor müdiri</t>
+          <t>Sektor müdiri</t>
         </is>
       </c>
       <c r="L121" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M121" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N121" t="inlineStr"/>
       <c r="O121" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="n">
         <v>2135</v>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Bəxtiyar</t>
         </is>
@@ -7801,51 +7801,51 @@
         </is>
       </c>
       <c r="F122" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G122" t="inlineStr">
         <is>
           <t>tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I122" t="inlineStr"/>
       <c r="J122" t="inlineStr">
         <is>
           <t>Arxeoloji texnologiya sektoru</t>
         </is>
       </c>
       <c r="K122" t="inlineStr">
         <is>
-          <t>sektor müdiri</t>
+          <t>Sektor müdiri</t>
         </is>
       </c>
       <c r="L122" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M122" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N122" t="inlineStr"/>
       <c r="O122" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=13ClCIkAAAAJ&amp;hl=en'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=57225188867'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-5635-5842'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2135/8/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="n">
         <v>2136</v>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>Mikayil</t>
         </is>
@@ -7866,51 +7866,51 @@
         </is>
       </c>
       <c r="F123" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G123" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I123" t="inlineStr"/>
       <c r="J123" t="inlineStr">
         <is>
           <t>Azərbaycan arxeoloji abidər toplusu sektoru</t>
         </is>
       </c>
       <c r="K123" t="inlineStr">
         <is>
-          <t>sektor müdiri</t>
+          <t>Sektor müdiri</t>
         </is>
       </c>
       <c r="L123" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M123" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N123" t="inlineStr"/>
       <c r="O123" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=wTIverAAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="n">
         <v>2137</v>
       </c>
       <c r="B124" t="inlineStr">
         <is>
           <t>Təvəkkül</t>
         </is>
@@ -7931,51 +7931,51 @@
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G124" t="inlineStr">
         <is>
           <t xml:space="preserve"> tarix üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H124" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I124" t="inlineStr"/>
       <c r="J124" t="inlineStr">
         <is>
           <t>Çöl tədqiqatları sektoru</t>
         </is>
       </c>
       <c r="K124" t="inlineStr">
         <is>
-          <t>sektor müdiri</t>
+          <t>Sektor müdiri</t>
         </is>
       </c>
       <c r="L124" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M124" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N124" t="inlineStr"/>
       <c r="O124" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="n">
         <v>2138</v>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Bəhlul</t>
         </is>
@@ -8457,96 +8457,96 @@
           <t>Professor</t>
         </is>
       </c>
       <c r="I132" t="inlineStr"/>
       <c r="J132" t="inlineStr">
         <is>
           <t>Xəzər arxeologiyası</t>
         </is>
       </c>
       <c r="K132" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L132" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M132" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N132" t="inlineStr"/>
       <c r="O132" t="inlineStr">
         <is>
-          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=PolsKfUAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Abbas-Seyidov'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://unec.academia.edu/AbbasSeyidov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-3696-5974'}]</t>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=PolsKfUAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Abbas-Seyidov'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://unec.academia.edu/AbbasSeyidov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-3696-5974'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2145/8/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="n">
         <v>2148</v>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Gülnarə</t>
         </is>
       </c>
       <c r="C133" t="inlineStr">
         <is>
           <t>Şirinbala qızı</t>
         </is>
       </c>
       <c r="D133" t="inlineStr">
         <is>
           <t>Ömərova</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
       <c r="I133" s="2" t="n">
         <v>26346</v>
       </c>
       <c r="J133" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K133" t="inlineStr">
         <is>
-          <t>baş iqtisadçı</t>
+          <t>Baş iqtisadçı</t>
         </is>
       </c>
       <c r="L133" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M133" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N133" t="inlineStr"/>
       <c r="O133" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="n">
         <v>2149</v>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Arif</t>
         </is>
@@ -8561,51 +8561,51 @@
           <t>Qafarov</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
       <c r="I134" s="2" t="n">
         <v>23254</v>
       </c>
       <c r="J134" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K134" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L134" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M134" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N134" t="inlineStr"/>
       <c r="O134" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="n">
         <v>2150</v>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Ziba</t>
         </is>
@@ -8620,51 +8620,51 @@
           <t>Salmanova</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
       <c r="I135" s="2" t="n">
         <v>24397</v>
       </c>
       <c r="J135" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K135" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L135" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M135" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N135" t="inlineStr"/>
       <c r="O135" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="n">
         <v>2151</v>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Aysel</t>
         </is>
@@ -8679,51 +8679,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E136" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F136" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G136" t="inlineStr"/>
       <c r="H136" t="inlineStr"/>
       <c r="I136" s="2" t="n">
         <v>33490</v>
       </c>
       <c r="J136" t="inlineStr">
         <is>
           <t>Təhsil şöbəsi</t>
         </is>
       </c>
       <c r="K136" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L136" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M136" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N136" t="inlineStr"/>
       <c r="O136" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="n">
         <v>2152</v>
       </c>
       <c r="B137" t="inlineStr">
         <is>
           <t>Nəsibə</t>
         </is>
@@ -8738,51 +8738,51 @@
           <t>Mustafayeva</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
       <c r="I137" s="2" t="n">
         <v>24933</v>
       </c>
       <c r="J137" t="inlineStr">
         <is>
           <t>Təhsil şöbəsi</t>
         </is>
       </c>
       <c r="K137" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L137" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M137" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N137" t="inlineStr"/>
       <c r="O137" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="n">
         <v>2153</v>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Svetlana</t>
         </is>
@@ -8797,51 +8797,51 @@
           <t>Cahangirova</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
       <c r="I138" s="2" t="n">
         <v>21976</v>
       </c>
       <c r="J138" t="inlineStr">
         <is>
           <t>Numizmatika və Epiqrafika</t>
         </is>
       </c>
       <c r="K138" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L138" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M138" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N138" t="inlineStr"/>
       <c r="O138" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="n">
         <v>2154</v>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Alik</t>
         </is>
@@ -8856,51 +8856,51 @@
           <t>Xankişiyev</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
       <c r="I139" s="2" t="n">
         <v>31108</v>
       </c>
       <c r="J139" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K139" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L139" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M139" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N139" t="inlineStr"/>
       <c r="O139" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="n">
         <v>2155</v>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Təranə</t>
         </is>
@@ -8915,51 +8915,51 @@
           <t>Rəhimova</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
       <c r="I140" s="2" t="n">
         <v>25435</v>
       </c>
       <c r="J140" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K140" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L140" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M140" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N140" t="inlineStr"/>
       <c r="O140" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="n">
         <v>2156</v>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Ceyran</t>
         </is>
@@ -8974,51 +8974,51 @@
           <t>İbrahimova</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
       <c r="I141" s="2" t="n">
         <v>31744</v>
       </c>
       <c r="J141" t="inlineStr">
         <is>
           <t>Elektron xidmətlər</t>
         </is>
       </c>
       <c r="K141" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L141" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M141" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N141" t="inlineStr"/>
       <c r="O141" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="n">
         <v>2157</v>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>Elçin</t>
         </is>
@@ -9033,51 +9033,51 @@
           <t>Həsənov</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
       <c r="I142" s="2" t="n">
         <v>23779</v>
       </c>
       <c r="J142" t="inlineStr">
         <is>
           <t>Elektron xidmətlər</t>
         </is>
       </c>
       <c r="K142" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L142" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M142" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N142" t="inlineStr"/>
       <c r="O142" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="n">
         <v>2158</v>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>Elmira</t>
         </is>
@@ -9092,51 +9092,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
       <c r="I143" s="2" t="n">
         <v>25681</v>
       </c>
       <c r="J143" t="inlineStr">
         <is>
           <t>İctimaiyyətlə əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K143" t="inlineStr">
         <is>
-          <t xml:space="preserve">baş mütəxəssis </t>
+          <t xml:space="preserve">Baş mütəxəssis </t>
         </is>
       </c>
       <c r="L143" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M143" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N143" t="inlineStr"/>
       <c r="O143" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="n">
         <v>2159</v>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>İlahə</t>
         </is>
@@ -9151,51 +9151,51 @@
           <t>Paşabəyli</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
       <c r="I144" s="2" t="n">
         <v>30339</v>
       </c>
       <c r="J144" t="inlineStr">
         <is>
           <t>Xəzər arxeologiyası</t>
         </is>
       </c>
       <c r="K144" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L144" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M144" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N144" t="inlineStr"/>
       <c r="O144" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="n">
         <v>2160</v>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Nərmin</t>
         </is>
@@ -9210,51 +9210,51 @@
           <t>Ağazadə</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
       <c r="I145" s="2" t="n">
         <v>34374</v>
       </c>
       <c r="J145" t="inlineStr">
         <is>
           <t>Beynəlxalq əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K145" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L145" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M145" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N145" t="inlineStr"/>
       <c r="O145" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="n">
         <v>2161</v>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -9269,51 +9269,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
       <c r="I146" s="2" t="n">
         <v>32149</v>
       </c>
       <c r="J146" t="inlineStr">
         <is>
           <t>Elmi Arxiv şöbəsi</t>
         </is>
       </c>
       <c r="K146" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L146" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M146" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N146" t="inlineStr"/>
       <c r="O146" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="n">
         <v>2162</v>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Səadət</t>
         </is>
@@ -9328,51 +9328,51 @@
           <t>Əbdürrəhmanova</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
       <c r="I147" s="2" t="n">
         <v>26048</v>
       </c>
       <c r="J147" t="inlineStr">
         <is>
           <t>Elmi Arxiv şöbəsi</t>
         </is>
       </c>
       <c r="K147" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L147" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M147" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N147" t="inlineStr"/>
       <c r="O147" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="n">
         <v>2163</v>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Aynur</t>
         </is>
@@ -9387,51 +9387,51 @@
           <t>Əsədova</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
       <c r="I148" s="2" t="n">
         <v>34768</v>
       </c>
       <c r="J148" t="inlineStr">
         <is>
           <t>Elmi Arxiv şöbəsi</t>
         </is>
       </c>
       <c r="K148" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L148" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M148" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N148" t="inlineStr"/>
       <c r="O148" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="n">
         <v>2164</v>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Gülayət</t>
         </is>
@@ -9446,51 +9446,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
       <c r="I149" s="2" t="n">
         <v>22821</v>
       </c>
       <c r="J149" t="inlineStr">
         <is>
           <t>Elmi Arxiv şöbəsi</t>
         </is>
       </c>
       <c r="K149" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L149" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M149" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N149" t="inlineStr"/>
       <c r="O149" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="n">
         <v>2165</v>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Fəqan</t>
         </is>
@@ -9505,51 +9505,51 @@
           <t>Yaqubov</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
       <c r="I150" s="2" t="n">
         <v>31038</v>
       </c>
       <c r="J150" t="inlineStr">
         <is>
           <t>Daş dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K150" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L150" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M150" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N150" t="inlineStr"/>
       <c r="O150" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="n">
         <v>2166</v>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Ülviyyə</t>
         </is>
@@ -9564,51 +9564,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
       <c r="I151" s="2" t="n">
         <v>33677</v>
       </c>
       <c r="J151" t="inlineStr">
         <is>
           <t>Daş dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K151" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L151" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M151" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N151" t="inlineStr"/>
       <c r="O151" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="n">
         <v>2167</v>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>İfadə</t>
         </is>
@@ -9623,51 +9623,51 @@
           <t>Fərzəliyeva</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
       <c r="I152" s="2" t="n">
         <v>22364</v>
       </c>
       <c r="J152" t="inlineStr">
         <is>
           <t>Tunc dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K152" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L152" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M152" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N152" t="inlineStr"/>
       <c r="O152" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="n">
         <v>2168</v>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Aybəniz</t>
         </is>
@@ -9682,51 +9682,51 @@
           <t>Babayeva</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
       <c r="I153" s="2" t="n">
         <v>28556</v>
       </c>
       <c r="J153" t="inlineStr">
         <is>
           <t>Tunc dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K153" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L153" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M153" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N153" t="inlineStr"/>
       <c r="O153" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="n">
         <v>2169</v>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Xanım</t>
         </is>
@@ -9741,51 +9741,51 @@
           <t>Həsənli</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
       <c r="I154" s="2" t="n">
         <v>35777</v>
       </c>
       <c r="J154" t="inlineStr">
         <is>
           <t>Neolit -Eneolit dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K154" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L154" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M154" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N154" t="inlineStr"/>
       <c r="O154" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="n">
         <v>2170</v>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Ceyhun</t>
         </is>
@@ -9800,51 +9800,51 @@
           <t>Əliyev</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
       <c r="I155" s="2" t="n">
         <v>32147</v>
       </c>
       <c r="J155" t="inlineStr">
         <is>
           <t>Xəzər arxeologiyası</t>
         </is>
       </c>
       <c r="K155" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L155" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M155" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N155" t="inlineStr"/>
       <c r="O155" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="n">
         <v>2171</v>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Çinarə</t>
         </is>
@@ -9859,51 +9859,51 @@
           <t>Əhmədova</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
       <c r="I156" s="2" t="n">
         <v>34085</v>
       </c>
       <c r="J156" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K156" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L156" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M156" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N156" t="inlineStr"/>
       <c r="O156" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="n">
         <v>2172</v>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Elxan</t>
         </is>
@@ -9918,51 +9918,51 @@
           <t>Qəhrəmanlı</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
       <c r="I157" s="2" t="n">
         <v>32761</v>
       </c>
       <c r="J157" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K157" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L157" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M157" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N157" t="inlineStr"/>
       <c r="O157" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="n">
         <v>2173</v>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Zümrüd</t>
         </is>
@@ -9977,51 +9977,51 @@
           <t>İmanova</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
       <c r="I158" s="2" t="n">
         <v>33090</v>
       </c>
       <c r="J158" t="inlineStr">
         <is>
           <t>Albanşünaslıq Elmi Mərkəzi</t>
         </is>
       </c>
       <c r="K158" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L158" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M158" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N158" t="inlineStr"/>
       <c r="O158" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="n">
         <v>2174</v>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -10036,51 +10036,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
       <c r="I159" s="2" t="n">
         <v>32659</v>
       </c>
       <c r="J159" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K159" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L159" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M159" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N159" t="inlineStr"/>
       <c r="O159" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="n">
         <v>2175</v>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Nərmin</t>
         </is>
@@ -10095,51 +10095,51 @@
           <t>Bayramova</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
       <c r="I160" s="2" t="n">
         <v>35965</v>
       </c>
       <c r="J160" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K160" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L160" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M160" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N160" t="inlineStr"/>
       <c r="O160" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="n">
         <v>2176</v>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -10154,51 +10154,51 @@
           <t>Qədirova</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
       <c r="I161" s="2" t="n">
         <v>22537</v>
       </c>
       <c r="J161" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K161" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L161" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M161" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N161" t="inlineStr"/>
       <c r="O161" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="n">
         <v>2177</v>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Aygün</t>
         </is>
@@ -10213,51 +10213,51 @@
           <t>Alməmmədova</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
       <c r="I162" s="2" t="n">
         <v>31294</v>
       </c>
       <c r="J162" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K162" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L162" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M162" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N162" t="inlineStr"/>
       <c r="O162" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="n">
         <v>2178</v>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Musa</t>
         </is>
@@ -10272,51 +10272,51 @@
           <t>Kazımlı</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
       <c r="I163" s="2" t="n">
         <v>35840</v>
       </c>
       <c r="J163" t="inlineStr">
         <is>
           <t>Dəmir dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K163" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L163" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M163" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N163" t="inlineStr"/>
       <c r="O163" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="n">
         <v>2179</v>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
@@ -10331,51 +10331,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
       <c r="I164" s="2" t="n">
         <v>31643</v>
       </c>
       <c r="J164" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K164" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L164" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M164" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N164" t="inlineStr"/>
       <c r="O164" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="n">
         <v>2180</v>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Raziyə</t>
         </is>
@@ -10390,51 +10390,51 @@
           <t>Hacıyeva</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
       <c r="I165" s="2" t="n">
         <v>33419</v>
       </c>
       <c r="J165" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K165" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L165" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M165" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N165" t="inlineStr"/>
       <c r="O165" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="n">
         <v>2181</v>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Səbinə</t>
         </is>
@@ -10449,51 +10449,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E166" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F166" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G166" t="inlineStr"/>
       <c r="H166" t="inlineStr"/>
       <c r="I166" s="2" t="n">
         <v>35485</v>
       </c>
       <c r="J166" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K166" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L166" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M166" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N166" t="inlineStr"/>
       <c r="O166" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="n">
         <v>2182</v>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>Nərmin</t>
         </is>
@@ -10508,51 +10508,51 @@
           <t>Mustafayeva</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
       <c r="I167" s="2" t="n">
         <v>31734</v>
       </c>
       <c r="J167" t="inlineStr">
         <is>
           <t>Azərbaycanın orta əsrlər dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K167" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L167" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M167" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N167" t="inlineStr"/>
       <c r="O167" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="n">
         <v>2183</v>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -10567,51 +10567,51 @@
           <t>Ramazanova</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
       <c r="I168" s="2" t="n">
         <v>30445</v>
       </c>
       <c r="J168" t="inlineStr">
         <is>
           <t>Etnoarxeologiya</t>
         </is>
       </c>
       <c r="K168" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L168" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M168" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N168" t="inlineStr"/>
       <c r="O168" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="n">
         <v>2184</v>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Aygün</t>
         </is>
@@ -10626,51 +10626,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
       <c r="I169" s="2" t="n">
         <v>28875</v>
       </c>
       <c r="J169" t="inlineStr">
         <is>
           <t>Etnoarxeologiya</t>
         </is>
       </c>
       <c r="K169" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L169" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M169" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N169" t="inlineStr"/>
       <c r="O169" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="n">
         <v>2185</v>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Aygün</t>
         </is>
@@ -10685,51 +10685,51 @@
           <t>İbrahimova</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
       <c r="I170" s="2" t="n">
         <v>33373</v>
       </c>
       <c r="J170" t="inlineStr">
         <is>
           <t>Etnoarxeologiya</t>
         </is>
       </c>
       <c r="K170" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L170" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M170" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N170" t="inlineStr"/>
       <c r="O170" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="n">
         <v>2186</v>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Fidan</t>
         </is>
@@ -10744,51 +10744,51 @@
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
       <c r="I171" s="2" t="n">
         <v>34881</v>
       </c>
       <c r="J171" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K171" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L171" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M171" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N171" t="inlineStr"/>
       <c r="O171" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="n">
         <v>2187</v>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Günay</t>
         </is>
@@ -10803,51 +10803,51 @@
           <t>Şükürova</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
       <c r="I172" s="2" t="n">
         <v>30397</v>
       </c>
       <c r="J172" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K172" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L172" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M172" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N172" t="inlineStr"/>
       <c r="O172" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="n">
         <v>2188</v>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>Könül</t>
         </is>
@@ -10862,51 +10862,51 @@
           <t>Bədəlova</t>
         </is>
       </c>
       <c r="E173" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F173" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G173" t="inlineStr"/>
       <c r="H173" t="inlineStr"/>
       <c r="I173" s="2" t="n">
         <v>35538</v>
       </c>
       <c r="J173" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K173" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L173" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M173" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N173" t="inlineStr"/>
       <c r="O173" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="n">
         <v>2189</v>
       </c>
       <c r="B174" t="inlineStr">
         <is>
           <t>Rəhim</t>
         </is>
@@ -10921,51 +10921,51 @@
           <t>Rzabəyov</t>
         </is>
       </c>
       <c r="E174" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F174" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G174" t="inlineStr"/>
       <c r="H174" t="inlineStr"/>
       <c r="I174" s="2" t="n">
         <v>37122</v>
       </c>
       <c r="J174" t="inlineStr">
         <is>
           <t>Arxeoloji irsin tarixi və nəzəriyyəsi</t>
         </is>
       </c>
       <c r="K174" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L174" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M174" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N174" t="inlineStr"/>
       <c r="O174" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="n">
         <v>2190</v>
       </c>
       <c r="B175" t="inlineStr">
         <is>
           <t>İradə</t>
         </is>
@@ -10980,51 +10980,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
       <c r="I175" s="2" t="n">
         <v>24729</v>
       </c>
       <c r="J175" t="inlineStr">
         <is>
           <t>Çöl tədqiqatlarının monitorinqi və qiymətləndirilməsi</t>
         </is>
       </c>
       <c r="K175" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L175" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M175" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N175" t="inlineStr"/>
       <c r="O175" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="n">
         <v>2191</v>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
@@ -11039,51 +11039,51 @@
           <t>Yusifli</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
       <c r="I176" s="2" t="n">
         <v>34124</v>
       </c>
       <c r="J176" t="inlineStr">
         <is>
           <t>Çöl tədqiqatlarının monitorinqi və qiymətləndirilməsi</t>
         </is>
       </c>
       <c r="K176" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L176" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M176" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N176" t="inlineStr"/>
       <c r="O176" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="n">
         <v>2192</v>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>Şamxal</t>
         </is>
@@ -11098,51 +11098,51 @@
           <t>Muradov</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
       <c r="I177" s="2" t="n">
         <v>26213</v>
       </c>
       <c r="J177" t="inlineStr">
         <is>
           <t>Arxeoloji texnologiya sektoru</t>
         </is>
       </c>
       <c r="K177" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L177" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M177" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N177" t="inlineStr"/>
       <c r="O177" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="n">
         <v>2193</v>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Çinarə</t>
         </is>
@@ -11157,51 +11157,51 @@
           <t>Vəliyeva</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
       <c r="I178" s="2" t="n">
         <v>31078</v>
       </c>
       <c r="J178" t="inlineStr">
         <is>
           <t>Arxeoloji texnologiya sektoru</t>
         </is>
       </c>
       <c r="K178" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L178" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M178" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N178" t="inlineStr"/>
       <c r="O178" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="n">
         <v>2194</v>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>Ülkər</t>
         </is>
@@ -11216,51 +11216,51 @@
           <t>Camalova</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
       <c r="I179" s="2" t="n">
         <v>33394</v>
       </c>
       <c r="J179" t="inlineStr">
         <is>
           <t>Azərbaycan arxeoloji  abidər toplusu sektoru</t>
         </is>
       </c>
       <c r="K179" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L179" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M179" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N179" t="inlineStr"/>
       <c r="O179" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="n">
         <v>2195</v>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Səbinə</t>
         </is>
@@ -11275,51 +11275,51 @@
           <t>Vəkilova</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
       <c r="I180" s="2" t="n">
         <v>25213</v>
       </c>
       <c r="J180" t="inlineStr">
         <is>
           <t>Numizmatika və Epiqrafika</t>
         </is>
       </c>
       <c r="K180" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L180" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M180" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N180" t="inlineStr"/>
       <c r="O180" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="n">
         <v>2196</v>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>Aytən</t>
         </is>
@@ -11334,51 +11334,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
       <c r="I181" s="2" t="n">
         <v>32447</v>
       </c>
       <c r="J181" t="inlineStr">
         <is>
           <t>Numizmatika və Epiqrafika</t>
         </is>
       </c>
       <c r="K181" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L181" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M181" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N181" t="inlineStr"/>
       <c r="O181" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="n">
         <v>2197</v>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Zəhra</t>
         </is>
@@ -11393,51 +11393,51 @@
           <t>Əmirova</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
       <c r="I182" s="2" t="n">
         <v>32501</v>
       </c>
       <c r="J182" t="inlineStr">
         <is>
           <t>Numizmatika və Epiqrafika</t>
         </is>
       </c>
       <c r="K182" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L182" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M182" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N182" t="inlineStr"/>
       <c r="O182" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="n">
         <v>2198</v>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Günay</t>
         </is>
@@ -11452,51 +11452,51 @@
           <t>Orucova</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
       <c r="I183" s="2" t="n">
         <v>31354</v>
       </c>
       <c r="J183" t="inlineStr">
         <is>
           <t>Antropologiya mərkəzi</t>
         </is>
       </c>
       <c r="K183" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L183" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M183" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N183" t="inlineStr"/>
       <c r="O183" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="n">
         <v>2199</v>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Səidə</t>
         </is>
@@ -11511,51 +11511,51 @@
           <t>Abbasova</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
       <c r="I184" s="2" t="n">
         <v>31803</v>
       </c>
       <c r="J184" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K184" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L184" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M184" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N184" t="inlineStr"/>
       <c r="O184" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="n">
         <v>2200</v>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Günay</t>
         </is>
@@ -11570,51 +11570,51 @@
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
       <c r="I185" s="2" t="n">
         <v>29513</v>
       </c>
       <c r="J185" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K185" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L185" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M185" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N185" t="inlineStr"/>
       <c r="O185" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="n">
         <v>2201</v>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>Feyzulla</t>
         </is>
@@ -11629,51 +11629,51 @@
           <t>Qiyayi</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
       <c r="I186" s="2" t="n">
         <v>19893</v>
       </c>
       <c r="J186" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K186" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L186" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M186" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N186" t="inlineStr"/>
       <c r="O186" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="n">
         <v>2202</v>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Nuranə</t>
         </is>
@@ -11688,51 +11688,51 @@
           <t>Musayeva</t>
         </is>
       </c>
       <c r="E187" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F187" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G187" t="inlineStr"/>
       <c r="H187" t="inlineStr"/>
       <c r="I187" s="2" t="n">
         <v>31005</v>
       </c>
       <c r="J187" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K187" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L187" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M187" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N187" t="inlineStr"/>
       <c r="O187" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="n">
         <v>2203</v>
       </c>
       <c r="B188" t="inlineStr">
         <is>
           <t>Zəki</t>
         </is>
@@ -11747,51 +11747,51 @@
           <t>Cəfərov</t>
         </is>
       </c>
       <c r="E188" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F188" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G188" t="inlineStr"/>
       <c r="H188" t="inlineStr"/>
       <c r="I188" s="2" t="n">
         <v>27290</v>
       </c>
       <c r="J188" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K188" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L188" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M188" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N188" t="inlineStr"/>
       <c r="O188" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="n">
         <v>2204</v>
       </c>
       <c r="B189" t="inlineStr">
         <is>
           <t>Elnarə</t>
         </is>
@@ -11806,51 +11806,51 @@
           <t>Rəhmanova</t>
         </is>
       </c>
       <c r="E189" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F189" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G189" t="inlineStr"/>
       <c r="H189" t="inlineStr"/>
       <c r="I189" s="2" t="n">
         <v>28329</v>
       </c>
       <c r="J189" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K189" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L189" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M189" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N189" t="inlineStr"/>
       <c r="O189" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="n">
         <v>2205</v>
       </c>
       <c r="B190" t="inlineStr">
         <is>
           <t>Validə</t>
         </is>
@@ -11865,51 +11865,51 @@
           <t>Qeyisova</t>
         </is>
       </c>
       <c r="E190" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F190" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G190" t="inlineStr"/>
       <c r="H190" t="inlineStr"/>
       <c r="I190" s="2" t="n">
         <v>19035</v>
       </c>
       <c r="J190" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K190" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L190" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M190" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N190" t="inlineStr"/>
       <c r="O190" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="n">
         <v>2206</v>
       </c>
       <c r="B191" t="inlineStr">
         <is>
           <t>Türkən</t>
         </is>
@@ -11924,51 +11924,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E191" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F191" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G191" t="inlineStr"/>
       <c r="H191" t="inlineStr"/>
       <c r="I191" s="2" t="n">
         <v>32813</v>
       </c>
       <c r="J191" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K191" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L191" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M191" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N191" t="inlineStr"/>
       <c r="O191" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="n">
         <v>2207</v>
       </c>
       <c r="B192" t="inlineStr">
         <is>
           <t>Oqtay</t>
         </is>
@@ -11983,51 +11983,51 @@
           <t>Yusifov</t>
         </is>
       </c>
       <c r="E192" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F192" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G192" t="inlineStr"/>
       <c r="H192" t="inlineStr"/>
       <c r="I192" s="2" t="n">
         <v>27636</v>
       </c>
       <c r="J192" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K192" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L192" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M192" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N192" t="inlineStr"/>
       <c r="O192" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="n">
         <v>2208</v>
       </c>
       <c r="B193" t="inlineStr">
         <is>
           <t>Azər</t>
         </is>
@@ -12042,51 +12042,51 @@
           <t>Rəsulov</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
       <c r="I193" s="2" t="n">
         <v>23902</v>
       </c>
       <c r="J193" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K193" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L193" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M193" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N193" t="inlineStr"/>
       <c r="O193" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="n">
         <v>2209</v>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>İlhamə</t>
         </is>
@@ -12101,51 +12101,51 @@
           <t>Mikayılova</t>
         </is>
       </c>
       <c r="E194" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F194" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G194" t="inlineStr"/>
       <c r="H194" t="inlineStr"/>
       <c r="I194" s="2" t="n">
         <v>27753</v>
       </c>
       <c r="J194" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K194" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L194" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M194" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N194" t="inlineStr"/>
       <c r="O194" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="n">
         <v>2210</v>
       </c>
       <c r="B195" t="inlineStr">
         <is>
           <t>Göhər</t>
         </is>
@@ -12160,51 +12160,51 @@
           <t>Nurullayeva</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
       <c r="I195" s="2" t="n">
         <v>23251</v>
       </c>
       <c r="J195" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K195" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L195" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M195" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N195" t="inlineStr"/>
       <c r="O195" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="n">
         <v>2211</v>
       </c>
       <c r="B196" t="inlineStr">
         <is>
           <t>Amilə</t>
         </is>
@@ -12219,51 +12219,51 @@
           <t>Ələkbərova</t>
         </is>
       </c>
       <c r="E196" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F196" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G196" t="inlineStr"/>
       <c r="H196" t="inlineStr"/>
       <c r="I196" s="2" t="n">
         <v>30219</v>
       </c>
       <c r="J196" t="inlineStr">
         <is>
           <t>Daş dövrü arxeologiyası</t>
         </is>
       </c>
       <c r="K196" t="inlineStr">
         <is>
-          <t xml:space="preserve">böyük laborant </t>
+          <t xml:space="preserve">Böyük laborant </t>
         </is>
       </c>
       <c r="L196" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M196" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N196" t="inlineStr"/>
       <c r="O196" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="n">
         <v>2212</v>
       </c>
       <c r="B197" t="inlineStr">
         <is>
           <t>Mətanət</t>
         </is>
@@ -12278,51 +12278,51 @@
           <t>Abdullayeva</t>
         </is>
       </c>
       <c r="E197" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F197" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G197" t="inlineStr"/>
       <c r="H197" t="inlineStr"/>
       <c r="I197" s="2" t="n">
         <v>22229</v>
       </c>
       <c r="J197" t="inlineStr">
         <is>
           <t>Numizmatika və Epiqrafika</t>
         </is>
       </c>
       <c r="K197" t="inlineStr">
         <is>
-          <t xml:space="preserve">böyük laborant </t>
+          <t xml:space="preserve">Böyük laborant </t>
         </is>
       </c>
       <c r="L197" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M197" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N197" t="inlineStr"/>
       <c r="O197" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="n">
         <v>2214</v>
       </c>
       <c r="B198" t="inlineStr">
         <is>
           <t>Şahin</t>
         </is>
@@ -12337,51 +12337,51 @@
           <t>Səlimbəyov</t>
         </is>
       </c>
       <c r="E198" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F198" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G198" t="inlineStr"/>
       <c r="H198" t="inlineStr"/>
       <c r="I198" s="2" t="n">
         <v>30808</v>
       </c>
       <c r="J198" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K198" t="inlineStr">
         <is>
-          <t xml:space="preserve">böyük laborant </t>
+          <t xml:space="preserve">Böyük laborant </t>
         </is>
       </c>
       <c r="L198" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M198" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N198" t="inlineStr"/>
       <c r="O198" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="n">
         <v>2215</v>
       </c>
       <c r="B199" t="inlineStr">
         <is>
           <t>Mircavid</t>
         </is>
@@ -12396,51 +12396,51 @@
           <t>Ağalarov</t>
         </is>
       </c>
       <c r="E199" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F199" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G199" t="inlineStr"/>
       <c r="H199" t="inlineStr"/>
       <c r="I199" s="2" t="n">
         <v>36168</v>
       </c>
       <c r="J199" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K199" t="inlineStr">
         <is>
-          <t xml:space="preserve">böyük laborant </t>
+          <t xml:space="preserve">Böyük laborant </t>
         </is>
       </c>
       <c r="L199" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M199" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N199" t="inlineStr"/>
       <c r="O199" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="n">
         <v>2216</v>
       </c>
       <c r="B200" t="inlineStr">
         <is>
           <t>Tunay</t>
         </is>
@@ -12455,51 +12455,51 @@
           <t>Məmmədzadə</t>
         </is>
       </c>
       <c r="E200" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F200" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G200" t="inlineStr"/>
       <c r="H200" t="inlineStr"/>
       <c r="I200" s="2" t="n">
         <v>35476</v>
       </c>
       <c r="J200" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K200" t="inlineStr">
         <is>
-          <t xml:space="preserve">böyük laborant </t>
+          <t xml:space="preserve">Böyük laborant </t>
         </is>
       </c>
       <c r="L200" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M200" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N200" t="inlineStr"/>
       <c r="O200" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="n">
         <v>2217</v>
       </c>
       <c r="B201" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -12514,51 +12514,51 @@
           <t>Əsədova</t>
         </is>
       </c>
       <c r="E201" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F201" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G201" t="inlineStr"/>
       <c r="H201" t="inlineStr"/>
       <c r="I201" s="2" t="n">
         <v>30349</v>
       </c>
       <c r="J201" t="inlineStr">
         <is>
           <t>Nəşriyyat şöbəsi</t>
         </is>
       </c>
       <c r="K201" t="inlineStr">
         <is>
-          <t xml:space="preserve">böyük laborant </t>
+          <t xml:space="preserve">Böyük laborant </t>
         </is>
       </c>
       <c r="L201" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M201" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N201" t="inlineStr"/>
       <c r="O201" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="n">
         <v>2218</v>
       </c>
       <c r="B202" t="inlineStr">
         <is>
           <t>Əjdər</t>
         </is>
@@ -12573,51 +12573,51 @@
           <t>Babazadə</t>
         </is>
       </c>
       <c r="E202" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F202" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G202" t="inlineStr"/>
       <c r="H202" t="inlineStr"/>
       <c r="I202" s="2" t="n">
         <v>31264</v>
       </c>
       <c r="J202" t="inlineStr">
         <is>
           <t>Eksperimental arxeoloji laboratoriya</t>
         </is>
       </c>
       <c r="K202" t="inlineStr">
         <is>
-          <t>laboratoriya rəhbəri</t>
+          <t>Laboratoriya rəhbəri</t>
         </is>
       </c>
       <c r="L202" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M202" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N202" t="inlineStr"/>
       <c r="O202" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="n">
         <v>2219</v>
       </c>
       <c r="B203" t="inlineStr">
         <is>
           <t>Zürriyə</t>
         </is>
@@ -12632,51 +12632,51 @@
           <t>Cəfərova</t>
         </is>
       </c>
       <c r="E203" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F203" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G203" t="inlineStr"/>
       <c r="H203" t="inlineStr"/>
       <c r="I203" s="2" t="n">
         <v>26137</v>
       </c>
       <c r="J203" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K203" t="inlineStr">
         <is>
-          <t>mühasib</t>
+          <t>Mühasib</t>
         </is>
       </c>
       <c r="L203" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M203" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N203" t="inlineStr"/>
       <c r="O203" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="n">
         <v>2220</v>
       </c>
       <c r="B204" t="inlineStr">
         <is>
           <t>Dilbər</t>
         </is>
@@ -12691,51 +12691,51 @@
           <t>Qarayeva</t>
         </is>
       </c>
       <c r="E204" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F204" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G204" t="inlineStr"/>
       <c r="H204" t="inlineStr"/>
       <c r="I204" s="2" t="n">
         <v>18295</v>
       </c>
       <c r="J204" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K204" t="inlineStr">
         <is>
-          <t>mühasib</t>
+          <t>Mühasib</t>
         </is>
       </c>
       <c r="L204" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M204" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N204" t="inlineStr"/>
       <c r="O204" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="n">
         <v>2221</v>
       </c>
       <c r="B205" t="inlineStr">
         <is>
           <t>Sədaqət</t>
         </is>
@@ -12750,51 +12750,51 @@
           <t>Babayeva</t>
         </is>
       </c>
       <c r="E205" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F205" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G205" t="inlineStr"/>
       <c r="H205" t="inlineStr"/>
       <c r="I205" s="2" t="n">
         <v>24472</v>
       </c>
       <c r="J205" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K205" t="inlineStr">
         <is>
-          <t>mühasib</t>
+          <t>Mühasib</t>
         </is>
       </c>
       <c r="L205" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M205" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N205" t="inlineStr"/>
       <c r="O205" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="n">
         <v>2222</v>
       </c>
       <c r="B206" t="inlineStr">
         <is>
           <t>Aqil</t>
         </is>
@@ -12809,51 +12809,51 @@
           <t>Seyidov</t>
         </is>
       </c>
       <c r="E206" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F206" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G206" t="inlineStr"/>
       <c r="H206" t="inlineStr"/>
       <c r="I206" s="2" t="n">
         <v>23606</v>
       </c>
       <c r="J206" t="inlineStr">
         <is>
           <t>Mülki müdafiə qərargah</t>
         </is>
       </c>
       <c r="K206" t="inlineStr">
         <is>
-          <t>mülki müdafiə qərargahının rəisi</t>
+          <t>Mülki müdafiə qərargahının rəisi</t>
         </is>
       </c>
       <c r="L206" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M206" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N206" t="inlineStr"/>
       <c r="O206" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="n">
         <v>2223</v>
       </c>
       <c r="B207" t="inlineStr">
         <is>
           <t>Çinarə</t>
         </is>
@@ -12868,51 +12868,51 @@
           <t>Talıbova</t>
         </is>
       </c>
       <c r="E207" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F207" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G207" t="inlineStr"/>
       <c r="H207" t="inlineStr"/>
       <c r="I207" s="2" t="n">
         <v>31629</v>
       </c>
       <c r="J207" t="inlineStr">
         <is>
           <t>İnsan resursları şöbəsi</t>
         </is>
       </c>
       <c r="K207" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L207" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M207" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N207" t="inlineStr"/>
       <c r="O207" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="n">
         <v>2224</v>
       </c>
       <c r="B208" t="inlineStr">
         <is>
           <t>Fidan</t>
         </is>
@@ -12927,51 +12927,51 @@
           <t>Bayramova</t>
         </is>
       </c>
       <c r="E208" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F208" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G208" t="inlineStr"/>
       <c r="H208" t="inlineStr"/>
       <c r="I208" s="2" t="n">
         <v>32076</v>
       </c>
       <c r="J208" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K208" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L208" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M208" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N208" t="inlineStr"/>
       <c r="O208" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="n">
         <v>2225</v>
       </c>
       <c r="B209" t="inlineStr">
         <is>
           <t>Təhminə</t>
         </is>
@@ -12986,51 +12986,51 @@
           <t>Hacıyeva</t>
         </is>
       </c>
       <c r="E209" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F209" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G209" t="inlineStr"/>
       <c r="H209" t="inlineStr"/>
       <c r="I209" s="2" t="n">
         <v>32980</v>
       </c>
       <c r="J209" t="inlineStr">
         <is>
           <t>İctimaiyyətlə əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K209" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L209" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M209" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N209" t="inlineStr"/>
       <c r="O209" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="n">
         <v>2226</v>
       </c>
       <c r="B210" t="inlineStr">
         <is>
           <t>Aynur</t>
         </is>
@@ -13045,51 +13045,51 @@
           <t>Aşurova</t>
         </is>
       </c>
       <c r="E210" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F210" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G210" t="inlineStr"/>
       <c r="H210" t="inlineStr"/>
       <c r="I210" s="2" t="n">
         <v>32817</v>
       </c>
       <c r="J210" t="inlineStr">
         <is>
           <t>Təhsil şöbəsi</t>
         </is>
       </c>
       <c r="K210" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L210" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M210" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N210" t="inlineStr"/>
       <c r="O210" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="n">
         <v>2227</v>
       </c>
       <c r="B211" t="inlineStr">
         <is>
           <t>Şamil</t>
         </is>
@@ -13104,51 +13104,51 @@
           <t>Əsgərov</t>
         </is>
       </c>
       <c r="E211" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F211" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G211" t="inlineStr"/>
       <c r="H211" t="inlineStr"/>
       <c r="I211" s="2" t="n">
         <v>26318</v>
       </c>
       <c r="J211" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K211" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L211" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M211" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N211" t="inlineStr"/>
       <c r="O211" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="n">
         <v>2228</v>
       </c>
       <c r="B212" t="inlineStr">
         <is>
           <t>Gülarə</t>
         </is>
@@ -13163,51 +13163,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E212" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F212" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G212" t="inlineStr"/>
       <c r="H212" t="inlineStr"/>
       <c r="I212" s="2" t="n">
         <v>37352</v>
       </c>
       <c r="J212" t="inlineStr">
         <is>
           <t>Elektron xidmətlər</t>
         </is>
       </c>
       <c r="K212" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L212" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M212" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N212" t="inlineStr"/>
       <c r="O212" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="n">
         <v>2229</v>
       </c>
       <c r="B213" t="inlineStr">
         <is>
           <t>Hökümə</t>
         </is>
@@ -13222,51 +13222,51 @@
           <t>Zeynalova</t>
         </is>
       </c>
       <c r="E213" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F213" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G213" t="inlineStr"/>
       <c r="H213" t="inlineStr"/>
       <c r="I213" s="2" t="n">
         <v>34408</v>
       </c>
       <c r="J213" t="inlineStr">
         <is>
           <t>Elektron xidmətlər</t>
         </is>
       </c>
       <c r="K213" t="inlineStr">
         <is>
-          <t xml:space="preserve">mütəxəssis </t>
+          <t xml:space="preserve">Mütəxəssis </t>
         </is>
       </c>
       <c r="L213" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M213" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N213" t="inlineStr"/>
       <c r="O213" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="n">
         <v>2230</v>
       </c>
       <c r="B214" t="inlineStr">
         <is>
           <t>Vəfa</t>
         </is>
@@ -13576,51 +13576,51 @@
           <t>Həsənov</t>
         </is>
       </c>
       <c r="E219" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F219" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G219" t="inlineStr"/>
       <c r="H219" t="inlineStr"/>
       <c r="I219" s="2" t="n">
         <v>25245</v>
       </c>
       <c r="J219" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K219" t="inlineStr">
         <is>
-          <t>texnik</t>
+          <t>Texnik</t>
         </is>
       </c>
       <c r="L219" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M219" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N219" t="inlineStr"/>
       <c r="O219" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="n">
         <v>2236</v>
       </c>
       <c r="B220" t="inlineStr">
         <is>
           <t>Aysel</t>
         </is>
@@ -13635,51 +13635,51 @@
           <t>Vəliyeva</t>
         </is>
       </c>
       <c r="E220" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F220" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G220" t="inlineStr"/>
       <c r="H220" t="inlineStr"/>
       <c r="I220" s="2" t="n">
         <v>27190</v>
       </c>
       <c r="J220" t="inlineStr">
         <is>
           <t>Elmi fond və Ekspozisiya</t>
         </is>
       </c>
       <c r="K220" t="inlineStr">
         <is>
-          <t>texnik</t>
+          <t>Texnik</t>
         </is>
       </c>
       <c r="L220" t="inlineStr">
         <is>
           <t>Arxeologiya və Antropologiya İnstitutu</t>
         </is>
       </c>
       <c r="M220" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N220" t="inlineStr"/>
       <c r="O220" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>