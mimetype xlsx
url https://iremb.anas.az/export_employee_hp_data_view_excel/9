--- v0 (2025-12-03)
+++ v1 (2026-03-18)
@@ -426,65 +426,65 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:O195"/>
+  <dimension ref="A1:O212"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="13" customWidth="1" min="1" max="1"/>
     <col width="13" customWidth="1" min="2" max="2"/>
     <col width="17" customWidth="1" min="3" max="3"/>
     <col width="21" customWidth="1" min="4" max="4"/>
     <col width="9" customWidth="1" min="5" max="5"/>
     <col width="15" customWidth="1" min="6" max="6"/>
-    <col width="36" customWidth="1" min="7" max="7"/>
+    <col width="38" customWidth="1" min="7" max="7"/>
     <col width="15" customWidth="1" min="8" max="8"/>
     <col width="15" customWidth="1" min="9" max="9"/>
     <col width="58" customWidth="1" min="10" max="10"/>
     <col width="35" customWidth="1" min="11" max="11"/>
     <col width="34" customWidth="1" min="12" max="12"/>
     <col width="12" customWidth="1" min="13" max="13"/>
     <col width="10" customWidth="1" min="14" max="14"/>
     <col width="1104" customWidth="1" min="15" max="15"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>employee_id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>first_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>second_name</t>
         </is>
@@ -562,56 +562,56 @@
       <c r="C2" t="inlineStr">
         <is>
           <t>Arif oğlu</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Əlizadə</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G2" t="inlineStr"/>
       <c r="H2" t="inlineStr"/>
       <c r="I2" t="inlineStr"/>
       <c r="J2" t="inlineStr">
         <is>
-          <t>Sosiologiya</t>
+          <t>Fəlsəfi-hüquqi təlimlər və suverenlik</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Prezident</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M2" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N2" t="inlineStr"/>
       <c r="O2" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=SjodXxsAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Aydin_Alizade'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AlizadeAydin'}]</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>2238</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Şahin</t>
         </is>
@@ -628,51 +628,51 @@
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H3" t="inlineStr"/>
       <c r="I3" t="inlineStr"/>
       <c r="J3" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M3" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N3" t="inlineStr"/>
       <c r="O3" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=mzkIPEcAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Shahin-Bagirov'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/BagirovShahin'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-5986-3877'}]</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>2239</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>İlham</t>
         </is>
@@ -685,51 +685,51 @@
       <c r="D4" t="inlineStr">
         <is>
           <t>Məmmədzadə</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G4" t="inlineStr"/>
       <c r="H4" t="inlineStr"/>
       <c r="I4" t="inlineStr"/>
       <c r="J4" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>Prezident</t>
+          <t>Direktor</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M4" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N4" t="inlineStr"/>
       <c r="O4" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=kMLkvW0AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Ilham-Mammadzada-2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/IlhamMammadzada1'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-5543-3624'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2239/9/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>2240</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Əli</t>
         </is>
@@ -811,51 +811,51 @@
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H6" t="inlineStr"/>
       <c r="I6" t="inlineStr"/>
       <c r="J6" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M6" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N6" t="inlineStr"/>
       <c r="O6" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=7DVaEtoAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/РовшанГаджиев'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-9189-0313'}]</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>2242</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>İlham</t>
         </is>
@@ -872,51 +872,51 @@
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H7" t="inlineStr"/>
       <c r="I7" t="inlineStr"/>
       <c r="J7" t="inlineStr">
         <is>
           <t>Sosiologiya</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M7" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N7" t="inlineStr"/>
       <c r="O7" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=JD_Waf8AAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
         <v>2243</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Faiq</t>
         </is>
@@ -933,51 +933,51 @@
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H8" t="inlineStr"/>
       <c r="I8" t="inlineStr"/>
       <c r="J8" t="inlineStr">
         <is>
           <t>Azərbaycan fəlsəfə tarixi</t>
         </is>
       </c>
       <c r="K8" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L8" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M8" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N8" t="inlineStr"/>
       <c r="O8" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=TQG9H6UAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/ABX-3927-2022'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/FaiqElekberov'}]</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
         <v>2244</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Rəhman</t>
         </is>
@@ -994,51 +994,51 @@
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
           <t>Fəlsəfə elmləri doktoru</t>
         </is>
       </c>
       <c r="H9" t="inlineStr"/>
       <c r="I9" t="inlineStr"/>
       <c r="J9" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M9" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N9" t="inlineStr"/>
       <c r="O9" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=xBnu2DUAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>2245</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Elnur</t>
         </is>
@@ -1055,51 +1055,51 @@
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H10" t="inlineStr"/>
       <c r="I10" t="inlineStr"/>
       <c r="J10" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M10" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N10" t="inlineStr"/>
       <c r="O10" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=ChnkPj0AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-3241-1707'}]</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>2246</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Sakit</t>
         </is>
@@ -1185,51 +1185,51 @@
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
           <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I12" t="inlineStr"/>
       <c r="J12" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M12" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N12" t="inlineStr"/>
       <c r="O12" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=mR0gXBMAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/338727'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=55556498400'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Zaur-Aliyev'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AliyevZ'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-4393-8894'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2247/9/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
         <v>2248</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Dilarə</t>
         </is>
@@ -1242,51 +1242,51 @@
       <c r="D13" t="inlineStr">
         <is>
           <t>Müslümzadə</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G13" t="inlineStr"/>
       <c r="H13" t="inlineStr"/>
       <c r="I13" t="inlineStr"/>
       <c r="J13" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M13" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N13" t="inlineStr"/>
       <c r="O13" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=hvtmIssAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Dilara-Muslumzada'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/DilaraMuslumzada'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-6106-7688'}]</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>2249</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -1368,51 +1368,51 @@
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H15" t="inlineStr"/>
       <c r="I15" t="inlineStr"/>
       <c r="J15" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M15" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N15" t="inlineStr"/>
       <c r="O15" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=26iX9RkAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/AFY-5376-2022'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/HeydarAslanov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-0129-2511'}]</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
         <v>2251</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Ülkər</t>
         </is>
@@ -1425,51 +1425,51 @@
       <c r="D16" t="inlineStr">
         <is>
           <t>Zalova</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G16" t="inlineStr"/>
       <c r="H16" t="inlineStr"/>
       <c r="I16" t="inlineStr"/>
       <c r="J16" t="inlineStr">
         <is>
           <t>Sosiologiya</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M16" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N16" t="inlineStr"/>
       <c r="O16" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=6jWIPPkAAAAJ&amp;hl=en '}]</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
         <v>2252</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Tünzalə</t>
         </is>
@@ -1486,51 +1486,51 @@
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G17" t="inlineStr">
         <is>
           <t>psixologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H17" t="inlineStr"/>
       <c r="I17" t="inlineStr"/>
       <c r="J17" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K17" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L17" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M17" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N17" t="inlineStr"/>
       <c r="O17" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=6KnkNw8AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/TunzalaMusayeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-3074-5364'}]</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>2253</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Taleh</t>
         </is>
@@ -1547,51 +1547,51 @@
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G18" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H18" t="inlineStr"/>
       <c r="I18" t="inlineStr"/>
       <c r="J18" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K18" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L18" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M18" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N18" t="inlineStr"/>
       <c r="O18" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=uPm_jiUAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/TalehHac%C4%B1yev'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-6196-8953'}]</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>2254</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Yeganə</t>
         </is>
@@ -1604,51 +1604,51 @@
       <c r="D19" t="inlineStr">
         <is>
           <t>Bağırova</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G19" t="inlineStr"/>
       <c r="H19" t="inlineStr"/>
       <c r="I19" t="inlineStr"/>
       <c r="J19" t="inlineStr">
         <is>
           <t>İnformasiya cəmiyyətin fəlsəfi və sosioloji problemləri</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M19" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N19" t="inlineStr"/>
       <c r="O19" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Eqn6oLoAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
         <v>2255</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Şölət</t>
         </is>
@@ -1665,51 +1665,51 @@
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H20" t="inlineStr"/>
       <c r="I20" t="inlineStr"/>
       <c r="J20" t="inlineStr">
         <is>
           <t>Davamlı inkişafın fəlsəfəsi və sosiologiyası</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M20" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N20" t="inlineStr"/>
       <c r="O20" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=nmCzPHUAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/SholetZeynalov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-2509-1159'}]</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>2256</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Füzuli</t>
         </is>
@@ -1848,51 +1848,51 @@
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H23" t="inlineStr"/>
       <c r="I23" t="inlineStr"/>
       <c r="J23" t="inlineStr">
         <is>
           <t>Heydər Əliyevin siyasi irsi və azərbaycançiliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M23" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N23" t="inlineStr"/>
       <c r="O23" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=eS3ssD0AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Antiga-Pashayeva-2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/PashayevaAntiga'}]</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
         <v>2259</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Zemfira</t>
         </is>
@@ -1909,51 +1909,51 @@
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H24" t="inlineStr"/>
       <c r="I24" t="inlineStr"/>
       <c r="J24" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M24" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N24" t="inlineStr"/>
       <c r="O24" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=CsIF97IAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
         <v>2260</v>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Samirə</t>
         </is>
@@ -1970,51 +1970,51 @@
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H25" t="inlineStr"/>
       <c r="I25" t="inlineStr"/>
       <c r="J25" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M25" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N25" t="inlineStr"/>
       <c r="O25" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=L3-v7dYAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/nazimtahirov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9100-3757'}]</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>2261</v>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Gültəkin</t>
         </is>
@@ -2031,51 +2031,51 @@
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
           <t>psixologiya üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H26" t="inlineStr"/>
       <c r="I26" t="inlineStr"/>
       <c r="J26" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M26" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N26" t="inlineStr"/>
       <c r="O26" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=r0MNco0AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/GultekinIsmayilova1'}]</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>2262</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Xalidə</t>
         </is>
@@ -2088,51 +2088,51 @@
       <c r="D27" t="inlineStr">
         <is>
           <t>Xəlilova</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G27" t="inlineStr"/>
       <c r="H27" t="inlineStr"/>
       <c r="I27" t="inlineStr"/>
       <c r="J27" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K27" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L27" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M27" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N27" t="inlineStr"/>
       <c r="O27" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=j0TTXMEAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/XalidaXalilova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-3174-0621'}]</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
         <v>2263</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Nicat</t>
         </is>
@@ -2149,51 +2149,51 @@
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G28" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H28" t="inlineStr"/>
       <c r="I28" t="inlineStr"/>
       <c r="J28" t="inlineStr">
         <is>
           <t>Azərbaycan fəlsəfə tarixi</t>
         </is>
       </c>
       <c r="K28" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L28" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M28" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N28" t="inlineStr"/>
       <c r="O28" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=CqCxym0AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/NijatMammadov4'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-0452-4759'}]</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
         <v>2264</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>İradə</t>
         </is>
@@ -2210,51 +2210,51 @@
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G29" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H29" t="inlineStr"/>
       <c r="I29" t="inlineStr"/>
       <c r="J29" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K29" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L29" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M29" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N29" t="inlineStr"/>
       <c r="O29" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=YxwMmSQAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Irada-Zarganayeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-9912-2953'}]</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>2265</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Müstəqil</t>
         </is>
@@ -2271,51 +2271,51 @@
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G30" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H30" t="inlineStr"/>
       <c r="I30" t="inlineStr"/>
       <c r="J30" t="inlineStr">
         <is>
           <t>Azərbaycan fəlsəfə tarixi</t>
         </is>
       </c>
       <c r="K30" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L30" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M30" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N30" t="inlineStr"/>
       <c r="O30" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=4ora4a0AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/MusteqilAgayev'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-8443-5702'}]</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>2266</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Eyyub</t>
         </is>
@@ -2336,51 +2336,51 @@
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G31" t="inlineStr">
         <is>
           <t>Fəlsəfə elmləri doktoru</t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I31" t="inlineStr"/>
       <c r="J31" t="inlineStr">
         <is>
           <t>Multikulturalizm və torelantliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K31" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L31" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M31" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N31" t="inlineStr"/>
       <c r="O31" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=rPg-Sb0AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AyyubKarimov'}]</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
         <v>2267</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Davud</t>
         </is>
@@ -2397,51 +2397,51 @@
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
           <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H32" t="inlineStr"/>
       <c r="I32" t="inlineStr"/>
       <c r="J32" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M32" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N32" t="inlineStr"/>
       <c r="O32" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=5NewQwYAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://writetotop.academia.edu/DavudHashimov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-9808-3339'}]</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
         <v>2268</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Zöhrə</t>
         </is>
@@ -2472,102 +2472,102 @@
         </is>
       </c>
       <c r="H33" t="inlineStr"/>
       <c r="I33" t="inlineStr"/>
       <c r="J33" t="inlineStr">
         <is>
           <t>Beynəlxalq əlaqələr</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M33" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N33" t="inlineStr"/>
       <c r="O33" t="inlineStr">
         <is>
-          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=o1gCOr0AAAAJ&amp;hl=en'}]</t>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=o1gCOr0AAAAJ&amp;hl=en'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2268/9/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>2269</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Şəhla</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Musa qızı</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Musayeva</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I34" t="inlineStr"/>
       <c r="J34" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M34" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N34" t="inlineStr"/>
       <c r="O34" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=-lRpfhAAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>2270</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Arzu</t>
         </is>
@@ -2645,51 +2645,51 @@
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G36" t="inlineStr">
         <is>
           <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H36" t="inlineStr"/>
       <c r="I36" t="inlineStr"/>
       <c r="J36" t="inlineStr">
         <is>
           <t>Davamlı inkişafın fəlsəfəsi və sosiologiyası</t>
         </is>
       </c>
       <c r="K36" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L36" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M36" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N36" t="inlineStr"/>
       <c r="O36" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=gSuILI0AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ElshadHasanli1'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-8048-1637'}]</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
         <v>2272</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Marina</t>
         </is>
@@ -2706,51 +2706,51 @@
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H37" t="inlineStr"/>
       <c r="I37" t="inlineStr"/>
       <c r="J37" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M37" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N37" t="inlineStr"/>
       <c r="O37" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=mpE1y7YAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/MarinaAbdullayeva'}]</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>2273</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Səadət</t>
         </is>
@@ -2771,51 +2771,51 @@
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
           <t>Sosial elmlər doktoru</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I38" t="inlineStr"/>
       <c r="J38" t="inlineStr">
         <is>
           <t>İnformasiya cəmiyyətin fəlsəfi və sosioloji problemləri</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M38" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N38" t="inlineStr"/>
       <c r="O38" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=FVS8Q9UAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>2274</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Aytək</t>
         </is>
@@ -2832,51 +2832,51 @@
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H39" t="inlineStr"/>
       <c r="I39" t="inlineStr"/>
       <c r="J39" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M39" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N39" t="inlineStr"/>
       <c r="O39" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Zb6-130AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/AytekMemmedova'}, {'platform_name': 'TÜBITAK DergiPark', 'platform_logo': '/media/platform_logos/DP.PNG', 'url': 'https://dergipark.org.tr/tr/pub/@aytek-zakir'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-4915-6263'}]</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
         <v>2275</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
@@ -2897,51 +2897,51 @@
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
           <t>hüquq üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>Dosent</t>
         </is>
       </c>
       <c r="I40" t="inlineStr"/>
       <c r="J40" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M40" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N40" t="inlineStr"/>
       <c r="O40" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Ek8PXjcAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
         <v>2276</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Fəxriyyə</t>
         </is>
@@ -2954,51 +2954,51 @@
       <c r="D41" t="inlineStr">
         <is>
           <t>Məmmədzadə</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G41" t="inlineStr"/>
       <c r="H41" t="inlineStr"/>
       <c r="I41" t="inlineStr"/>
       <c r="J41" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M41" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N41" t="inlineStr"/>
       <c r="O41" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=11ElR7oAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>2277</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Vüsalə</t>
         </is>
@@ -3011,51 +3011,51 @@
       <c r="D42" t="inlineStr">
         <is>
           <t>Gülmalıyeva</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G42" t="inlineStr"/>
       <c r="H42" t="inlineStr"/>
       <c r="I42" t="inlineStr"/>
       <c r="J42" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M42" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N42" t="inlineStr"/>
       <c r="O42" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=F5ZKbP4AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-4572-2455'}]</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>2278</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Qoshqar</t>
         </is>
@@ -3068,51 +3068,51 @@
       <c r="D43" t="inlineStr">
         <is>
           <t>Bağırov</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G43" t="inlineStr"/>
       <c r="H43" t="inlineStr"/>
       <c r="I43" t="inlineStr"/>
       <c r="J43" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M43" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N43" t="inlineStr"/>
       <c r="O43" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=fPsAIlQAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
         <v>2279</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Qorxmaz</t>
         </is>
@@ -3190,51 +3190,51 @@
       <c r="D45" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G45" t="inlineStr"/>
       <c r="H45" t="inlineStr"/>
       <c r="I45" t="inlineStr"/>
       <c r="J45" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K45" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L45" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M45" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N45" t="inlineStr"/>
       <c r="O45" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=GYcGpkoAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>2281</v>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Aygün</t>
         </is>
@@ -3247,51 +3247,51 @@
       <c r="D46" t="inlineStr">
         <is>
           <t>Mütəllimova</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G46" t="inlineStr"/>
       <c r="H46" t="inlineStr"/>
       <c r="I46" t="inlineStr"/>
       <c r="J46" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K46" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L46" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M46" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N46" t="inlineStr"/>
       <c r="O46" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=dk5unQ0AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/Amutallimova'}]</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>2282</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Nigar</t>
         </is>
@@ -3304,51 +3304,51 @@
       <c r="D47" t="inlineStr">
         <is>
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G47" t="inlineStr"/>
       <c r="H47" t="inlineStr"/>
       <c r="I47" t="inlineStr"/>
       <c r="J47" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K47" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L47" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M47" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N47" t="inlineStr"/>
       <c r="O47" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=iFGUzGAAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/NIGARISMAYILOVA4'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-1820-7734'}]</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
         <v>2283</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Rafail</t>
         </is>
@@ -3365,51 +3365,51 @@
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>Fəlsəfə elmləri doktoru</t>
         </is>
       </c>
       <c r="H48" t="inlineStr"/>
       <c r="I48" t="inlineStr"/>
       <c r="J48" t="inlineStr">
         <is>
           <t>Azərbaycan fəlsəfə tarixi</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M48" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N48" t="inlineStr"/>
       <c r="O48" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=4DBbTHMAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/RafailAhmedly'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-0506-3353'}]</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
         <v>2284</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>Rəşad</t>
         </is>
@@ -3426,51 +3426,51 @@
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H49" t="inlineStr"/>
       <c r="I49" t="inlineStr"/>
       <c r="J49" t="inlineStr">
         <is>
           <t>Azərbaycan fəlsəfə tarixi</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M49" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N49" t="inlineStr"/>
       <c r="O49" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=eMkDRvIAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/RashadAsgarov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-0079-0259'}]</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>2285</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Zaur</t>
         </is>
@@ -3487,51 +3487,51 @@
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H50" t="inlineStr"/>
       <c r="I50" t="inlineStr"/>
       <c r="J50" t="inlineStr">
         <is>
           <t>Azərbaycan fəlsəfə tarixi</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M50" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N50" t="inlineStr"/>
       <c r="O50" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=UrgNT9UAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Zaur-Rashidov-2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://phillaw-az.academia.edu/ZaurRashidov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-4504-1856'}]</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>2286</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Xanımağa</t>
         </is>
@@ -3544,51 +3544,51 @@
       <c r="D51" t="inlineStr">
         <is>
           <t>İsmayılova</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G51" t="inlineStr"/>
       <c r="H51" t="inlineStr"/>
       <c r="I51" t="inlineStr"/>
       <c r="J51" t="inlineStr">
         <is>
           <t>Azərbaycan fəlsəfə tarixi</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M51" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N51" t="inlineStr"/>
       <c r="O51" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/XanimagaIsmayilova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-8657-1220'}]</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
         <v>2287</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>Gündüz</t>
         </is>
@@ -3605,51 +3605,51 @@
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H52" t="inlineStr"/>
       <c r="I52" t="inlineStr"/>
       <c r="J52" t="inlineStr">
         <is>
           <t>Davamlı inkişafın fəlsəfəsi və sosiologiyası</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M52" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N52" t="inlineStr"/>
       <c r="O52" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=ZvS1dNUAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/Gsuleymanov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-1640-0765'}]</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
         <v>2288</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>Məsud</t>
         </is>
@@ -3666,51 +3666,51 @@
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H53" t="inlineStr"/>
       <c r="I53" t="inlineStr"/>
       <c r="J53" t="inlineStr">
         <is>
           <t>Davamlı inkişafın fəlsəfəsi və sosiologiyası</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M53" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N53" t="inlineStr"/>
       <c r="O53" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=rMOnR8gAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/MesudShukurov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-6043-2548'}]</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
         <v>2289</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Sadıqov</t>
         </is>
@@ -3727,51 +3727,51 @@
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H54" t="inlineStr"/>
       <c r="I54" t="inlineStr"/>
       <c r="J54" t="inlineStr">
         <is>
           <t>Davamlı inkişafın fəlsəfəsi və sosiologiyası</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M54" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N54" t="inlineStr"/>
       <c r="O54" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=J37605cAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/SadiqovAdil'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0005-6855-4223'}]</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="n">
         <v>2290</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Afaq</t>
         </is>
@@ -3784,51 +3784,51 @@
       <c r="D55" t="inlineStr">
         <is>
           <t>İmanova</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G55" t="inlineStr"/>
       <c r="H55" t="inlineStr"/>
       <c r="I55" t="inlineStr"/>
       <c r="J55" t="inlineStr">
         <is>
           <t>Davamlı inkişafın fəlsəfəsi və sosiologiyası</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M55" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N55" t="inlineStr"/>
       <c r="O55" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=3NkVc6cAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ImanovaAfaq'}]</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="n">
         <v>2291</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>Azadə</t>
         </is>
@@ -3841,51 +3841,51 @@
       <c r="D56" t="inlineStr">
         <is>
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G56" t="inlineStr"/>
       <c r="H56" t="inlineStr"/>
       <c r="I56" t="inlineStr"/>
       <c r="J56" t="inlineStr">
         <is>
           <t>Davamlı inkişafın fəlsəfəsi və sosiologiyası</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M56" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N56" t="inlineStr"/>
       <c r="O56" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=kZXTeB4AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/QuliyevaAzada'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-6087-4585'}]</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
         <v>2292</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>Hafizə</t>
         </is>
@@ -3898,51 +3898,51 @@
       <c r="D57" t="inlineStr">
         <is>
           <t>İmanova</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G57" t="inlineStr"/>
       <c r="H57" t="inlineStr"/>
       <c r="I57" t="inlineStr"/>
       <c r="J57" t="inlineStr">
         <is>
           <t>Davamlı inkişafın fəlsəfəsi və sosiologiyası</t>
         </is>
       </c>
       <c r="K57" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L57" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M57" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N57" t="inlineStr"/>
       <c r="O57" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=mZOMv3gAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/Hımanova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-3058-2063'}]</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
         <v>2293</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Həsənağa</t>
         </is>
@@ -3955,51 +3955,51 @@
       <c r="D58" t="inlineStr">
         <is>
           <t>Məmmədli</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G58" t="inlineStr"/>
       <c r="H58" t="inlineStr"/>
       <c r="I58" t="inlineStr"/>
       <c r="J58" t="inlineStr">
         <is>
           <t>Davamlı inkişafın fəlsəfəsi və sosiologiyası</t>
         </is>
       </c>
       <c r="K58" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L58" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M58" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N58" t="inlineStr"/>
       <c r="O58" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=YO_ccS4AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/HasanagaMammadli'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-7378-8347'}]</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
         <v>2294</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Yasəmən</t>
         </is>
@@ -4012,51 +4012,51 @@
       <c r="D59" t="inlineStr">
         <is>
           <t>Mahmudova</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G59" t="inlineStr"/>
       <c r="H59" t="inlineStr"/>
       <c r="I59" t="inlineStr"/>
       <c r="J59" t="inlineStr">
         <is>
           <t>Davamlı inkişafın fəlsəfəsi və sosiologiyası</t>
         </is>
       </c>
       <c r="K59" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L59" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M59" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N59" t="inlineStr"/>
       <c r="O59" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Rn1cfhgAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/YasamanMahmudova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-6107-7072'}]</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
         <v>2295</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>Tərgül</t>
         </is>
@@ -4069,51 +4069,51 @@
       <c r="D60" t="inlineStr">
         <is>
           <t>Cəfərova</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G60" t="inlineStr"/>
       <c r="H60" t="inlineStr"/>
       <c r="I60" t="inlineStr"/>
       <c r="J60" t="inlineStr">
         <is>
           <t>Davamlı inkişafın fəlsəfəsi və sosiologiyası</t>
         </is>
       </c>
       <c r="K60" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L60" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M60" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N60" t="inlineStr"/>
       <c r="O60" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=jKEYIRoAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/TargulCafarli '}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-6301-0391'}]</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
         <v>2296</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>Rəfiqə</t>
         </is>
@@ -4187,51 +4187,51 @@
       <c r="D62" t="inlineStr">
         <is>
           <t>İsayeva</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G62" t="inlineStr"/>
       <c r="H62" t="inlineStr"/>
       <c r="I62" t="inlineStr"/>
       <c r="J62" t="inlineStr">
         <is>
           <t>Sosiologiya</t>
         </is>
       </c>
       <c r="K62" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L62" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M62" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N62" t="inlineStr"/>
       <c r="O62" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=hKm2S6YAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="n">
         <v>2298</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Rizvan</t>
         </is>
@@ -4244,51 +4244,51 @@
       <c r="D63" t="inlineStr">
         <is>
           <t>Аbasov</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G63" t="inlineStr"/>
       <c r="H63" t="inlineStr"/>
       <c r="I63" t="inlineStr"/>
       <c r="J63" t="inlineStr">
         <is>
           <t>Sosiologiya</t>
         </is>
       </c>
       <c r="K63" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L63" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M63" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N63" t="inlineStr"/>
       <c r="O63" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/RizvanAbasov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0009-4528-5680'}]</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="n">
         <v>2299</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>Mədinə</t>
         </is>
@@ -4301,51 +4301,51 @@
       <c r="D64" t="inlineStr">
         <is>
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G64" t="inlineStr"/>
       <c r="H64" t="inlineStr"/>
       <c r="I64" t="inlineStr"/>
       <c r="J64" t="inlineStr">
         <is>
           <t>Sosiologiya</t>
         </is>
       </c>
       <c r="K64" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L64" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M64" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N64" t="inlineStr"/>
       <c r="O64" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=JCO-_54AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/MedinaHe '}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-2032-9356'}]</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="n">
         <v>2300</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>Gülşən</t>
         </is>
@@ -4358,51 +4358,51 @@
       <c r="D65" t="inlineStr">
         <is>
           <t>Allahverdiyeva</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G65" t="inlineStr"/>
       <c r="H65" t="inlineStr"/>
       <c r="I65" t="inlineStr"/>
       <c r="J65" t="inlineStr">
         <is>
           <t>Sosiologiya</t>
         </is>
       </c>
       <c r="K65" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L65" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M65" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N65" t="inlineStr"/>
       <c r="O65" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=_gT956UAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/GulsenAllahverdiyeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-5160-4225'}]</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="n">
         <v>2301</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Azər</t>
         </is>
@@ -4480,51 +4480,51 @@
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H67" t="inlineStr"/>
       <c r="I67" t="inlineStr"/>
       <c r="J67" t="inlineStr">
         <is>
           <t>Sosial fəlsəfə və ekoloji problemlər</t>
         </is>
       </c>
       <c r="K67" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L67" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M67" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N67" t="inlineStr"/>
       <c r="O67" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=JvPvVgYAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/HasanovAghasalim'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0003-3391-6843'}]</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="n">
         <v>2303</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>İlham</t>
         </is>
@@ -4537,51 +4537,51 @@
       <c r="D68" t="inlineStr">
         <is>
           <t>Soltanov</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G68" t="inlineStr"/>
       <c r="H68" t="inlineStr"/>
       <c r="I68" t="inlineStr"/>
       <c r="J68" t="inlineStr">
         <is>
           <t>Sosial fəlsəfə və ekoloji problemlər</t>
         </is>
       </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M68" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N68" t="inlineStr"/>
       <c r="O68" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=iGtKkAcAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/Isoltanov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-2547-7246'}]</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="n">
         <v>2304</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>Aygün</t>
         </is>
@@ -4594,51 +4594,51 @@
       <c r="D69" t="inlineStr">
         <is>
           <t>Tağıyeva</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G69" t="inlineStr"/>
       <c r="H69" t="inlineStr"/>
       <c r="I69" t="inlineStr"/>
       <c r="J69" t="inlineStr">
         <is>
           <t>Sosial fəlsəfə və ekoloji problemlər</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M69" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N69" t="inlineStr"/>
       <c r="O69" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=drYX5hcAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="n">
         <v>2305</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Arif</t>
         </is>
@@ -4655,51 +4655,51 @@
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
           <t>Fəlsəfə elmləri doktoru</t>
         </is>
       </c>
       <c r="H70" t="inlineStr"/>
       <c r="I70" t="inlineStr"/>
       <c r="J70" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M70" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N70" t="inlineStr"/>
       <c r="O70" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=E2vK97kAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-6385-9157'}]</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="n">
         <v>2306</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Fikrət</t>
         </is>
@@ -4716,51 +4716,51 @@
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H71" t="inlineStr"/>
       <c r="I71" t="inlineStr"/>
       <c r="J71" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K71" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L71" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M71" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N71" t="inlineStr"/>
       <c r="O71" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=QsuVQgcAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/FikretNebiyev'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-4212-1386'}]</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="n">
         <v>2307</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Tağı</t>
         </is>
@@ -4777,51 +4777,51 @@
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G72" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H72" t="inlineStr"/>
       <c r="I72" t="inlineStr"/>
       <c r="J72" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K72" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L72" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M72" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N72" t="inlineStr"/>
       <c r="O72" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=c1zuE-4AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/TagiBeshirov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-6568-4652'}]</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="n">
         <v>2308</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Söhrab</t>
         </is>
@@ -4838,51 +4838,51 @@
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G73" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H73" t="inlineStr"/>
       <c r="I73" t="inlineStr"/>
       <c r="J73" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K73" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L73" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M73" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N73" t="inlineStr"/>
       <c r="O73" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=qk2g_VEAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/SohrabMeherremov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0000-5817-5549'}]</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
         <v>2309</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Vaqif</t>
         </is>
@@ -4899,51 +4899,51 @@
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G74" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H74" t="inlineStr"/>
       <c r="I74" t="inlineStr"/>
       <c r="J74" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K74" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L74" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M74" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N74" t="inlineStr"/>
       <c r="O74" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=DoCQGzQAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/VaqifAkberov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0004-6376-6406'}]</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="n">
         <v>2310</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>İlham</t>
         </is>
@@ -4960,51 +4960,51 @@
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G75" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H75" t="inlineStr"/>
       <c r="I75" t="inlineStr"/>
       <c r="J75" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K75" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L75" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M75" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N75" t="inlineStr"/>
       <c r="O75" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=rW3fLYEAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/IlhamIsmayilov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-9622-5336'}]</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="n">
         <v>2311</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>Fəxrəddın</t>
         </is>
@@ -5017,51 +5017,51 @@
       <c r="D76" t="inlineStr">
         <is>
           <t>Hacıyev</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G76" t="inlineStr"/>
       <c r="H76" t="inlineStr"/>
       <c r="I76" t="inlineStr"/>
       <c r="J76" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M76" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N76" t="inlineStr"/>
       <c r="O76" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=wsBPSCIAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/F%C9%99xr%C9%99ddinHaciyev'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-3340-1062'}]</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
         <v>2312</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>Elbəzək</t>
         </is>
@@ -5074,51 +5074,51 @@
       <c r="D77" t="inlineStr">
         <is>
           <t>Əsgərova</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G77" t="inlineStr"/>
       <c r="H77" t="inlineStr"/>
       <c r="I77" t="inlineStr"/>
       <c r="J77" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K77" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L77" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M77" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N77" t="inlineStr"/>
       <c r="O77" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=HRooY6MAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ElbezekEsgerova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-8957-5398'}]</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
         <v>2313</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Həlimə</t>
         </is>
@@ -5131,51 +5131,51 @@
       <c r="D78" t="inlineStr">
         <is>
           <t>Qafarova</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G78" t="inlineStr"/>
       <c r="H78" t="inlineStr"/>
       <c r="I78" t="inlineStr"/>
       <c r="J78" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K78" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L78" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M78" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N78" t="inlineStr"/>
       <c r="O78" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=ICnje28AAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/QafarovaHelime'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-7794-3325'}]</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
         <v>2314</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Könül</t>
         </is>
@@ -5188,51 +5188,51 @@
       <c r="D79" t="inlineStr">
         <is>
           <t>Şəkiyeva</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G79" t="inlineStr"/>
       <c r="H79" t="inlineStr"/>
       <c r="I79" t="inlineStr"/>
       <c r="J79" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K79" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L79" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M79" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N79" t="inlineStr"/>
       <c r="O79" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=TEY1kUYAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/KonulShekiyeva'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0003-8086-9645'}]</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="n">
         <v>2315</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>Ziba</t>
         </is>
@@ -5249,51 +5249,51 @@
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G80" t="inlineStr">
         <is>
           <t>Fəlsəfə elmləri doktoru</t>
         </is>
       </c>
       <c r="H80" t="inlineStr"/>
       <c r="I80" t="inlineStr"/>
       <c r="J80" t="inlineStr">
         <is>
           <t>Heydər Əliyevin siyasi irsi və azərbaycançiliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K80" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L80" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M80" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N80" t="inlineStr"/>
       <c r="O80" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=duTH2zIAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-2053-6007'}]</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
         <v>2316</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>Elnur</t>
         </is>
@@ -5310,51 +5310,51 @@
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G81" t="inlineStr">
         <is>
           <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H81" t="inlineStr"/>
       <c r="I81" t="inlineStr"/>
       <c r="J81" t="inlineStr">
         <is>
           <t>Heydər Əliyevin siyasi irsi və azərbaycançiliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K81" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L81" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M81" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N81" t="inlineStr"/>
       <c r="O81" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=IC9mzNYAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="n">
         <v>2317</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>Əli</t>
         </is>
@@ -5371,51 +5371,51 @@
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G82" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H82" t="inlineStr"/>
       <c r="I82" t="inlineStr"/>
       <c r="J82" t="inlineStr">
         <is>
           <t>Heydər Əliyevin siyasi irsi və azərbaycançiliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K82" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L82" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M82" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N82" t="inlineStr"/>
       <c r="O82" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=mKclw1oAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="n">
         <v>2318</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>Sənan</t>
         </is>
@@ -5432,51 +5432,51 @@
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G83" t="inlineStr">
         <is>
           <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H83" t="inlineStr"/>
       <c r="I83" t="inlineStr"/>
       <c r="J83" t="inlineStr">
         <is>
           <t>Heydər Əliyevin siyasi irsi və azərbaycançiliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K83" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L83" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M83" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N83" t="inlineStr"/>
       <c r="O83" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=YTkIeP0AAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="n">
         <v>2319</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>Telman</t>
         </is>
@@ -5489,51 +5489,51 @@
       <c r="D84" t="inlineStr">
         <is>
           <t>Quliyev</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G84" t="inlineStr"/>
       <c r="H84" t="inlineStr"/>
       <c r="I84" t="inlineStr"/>
       <c r="J84" t="inlineStr">
         <is>
           <t>Heydər Əliyevin siyasi irsi və azərbaycançiliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K84" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L84" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M84" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N84" t="inlineStr"/>
       <c r="O84" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=dbcqH98AAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="n">
         <v>2320</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>Ülviyyə</t>
         </is>
@@ -5546,51 +5546,51 @@
       <c r="D85" t="inlineStr">
         <is>
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G85" t="inlineStr"/>
       <c r="H85" t="inlineStr"/>
       <c r="I85" t="inlineStr"/>
       <c r="J85" t="inlineStr">
         <is>
           <t>Heydər Əliyevin siyasi irsi və azərbaycançiliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K85" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L85" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M85" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N85" t="inlineStr"/>
       <c r="O85" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=OXKMOVoAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="n">
         <v>2321</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>Səkinə</t>
         </is>
@@ -5603,51 +5603,51 @@
       <c r="D86" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G86" t="inlineStr"/>
       <c r="H86" t="inlineStr"/>
       <c r="I86" t="inlineStr"/>
       <c r="J86" t="inlineStr">
         <is>
           <t>Heydər Əliyevin siyasi irsi və azərbaycançiliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K86" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L86" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M86" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N86" t="inlineStr"/>
       <c r="O86" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=r0pglk4AAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="n">
         <v>2322</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>Ceyran</t>
         </is>
@@ -5660,51 +5660,51 @@
       <c r="D87" t="inlineStr">
         <is>
           <t>Hüseynli</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G87" t="inlineStr"/>
       <c r="H87" t="inlineStr"/>
       <c r="I87" t="inlineStr"/>
       <c r="J87" t="inlineStr">
         <is>
           <t>Heydər Əliyevin siyasi irsi və azərbaycançiliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K87" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L87" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M87" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N87" t="inlineStr"/>
       <c r="O87" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=E-q6u8QAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="n">
         <v>2323</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>Məhəmməd</t>
         </is>
@@ -5782,51 +5782,51 @@
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G89" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H89" t="inlineStr"/>
       <c r="I89" t="inlineStr"/>
       <c r="J89" t="inlineStr">
         <is>
           <t>İnformasiya cəmiyyətin fəlsəfi və sosioloji problemləri</t>
         </is>
       </c>
       <c r="K89" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L89" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M89" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N89" t="inlineStr"/>
       <c r="O89" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=59NXblQAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/SebireIskenderova'}]</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="n">
         <v>2325</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>Alidə</t>
         </is>
@@ -5839,51 +5839,51 @@
       <c r="D90" t="inlineStr">
         <is>
           <t>Zeynalova</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G90" t="inlineStr"/>
       <c r="H90" t="inlineStr"/>
       <c r="I90" t="inlineStr"/>
       <c r="J90" t="inlineStr">
         <is>
           <t>İnformasiya cəmiyyətin fəlsəfi və sosioloji problemləri</t>
         </is>
       </c>
       <c r="K90" t="inlineStr">
         <is>
-          <t>Prezident</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L90" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M90" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N90" t="inlineStr"/>
       <c r="O90" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=pPICN_4AAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/JSL-4484-2023'}]</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="n">
         <v>2326</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>Firuzə</t>
         </is>
@@ -5900,51 +5900,51 @@
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G91" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H91" t="inlineStr"/>
       <c r="I91" t="inlineStr"/>
       <c r="J91" t="inlineStr">
         <is>
           <t>İnformasiya cəmiyyətin fəlsəfi və sosioloji problemləri</t>
         </is>
       </c>
       <c r="K91" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L91" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M91" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N91" t="inlineStr"/>
       <c r="O91" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=s7x_jx4AAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2990-2089'}]</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="n">
         <v>2327</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>Humay</t>
         </is>
@@ -5957,51 +5957,51 @@
       <c r="D92" t="inlineStr">
         <is>
           <t>Eminova</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G92" t="inlineStr"/>
       <c r="H92" t="inlineStr"/>
       <c r="I92" t="inlineStr"/>
       <c r="J92" t="inlineStr">
         <is>
           <t>İnformasiya cəmiyyətin fəlsəfi və sosioloji problemləri</t>
         </is>
       </c>
       <c r="K92" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L92" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M92" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N92" t="inlineStr"/>
       <c r="O92" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=5Fuph6MAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="n">
         <v>2328</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>İlhamə</t>
         </is>
@@ -6014,51 +6014,51 @@
       <c r="D93" t="inlineStr">
         <is>
           <t>Hüseynova</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G93" t="inlineStr"/>
       <c r="H93" t="inlineStr"/>
       <c r="I93" t="inlineStr"/>
       <c r="J93" t="inlineStr">
         <is>
           <t>İnformasiya cəmiyyətin fəlsəfi və sosioloji problemləri</t>
         </is>
       </c>
       <c r="K93" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L93" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M93" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N93" t="inlineStr"/>
       <c r="O93" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=J17IEIkAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0006-4679-0855'}]</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="n">
         <v>2329</v>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>Elxan</t>
         </is>
@@ -6071,51 +6071,51 @@
       <c r="D94" t="inlineStr">
         <is>
           <t>Quliyev</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G94" t="inlineStr"/>
       <c r="H94" t="inlineStr"/>
       <c r="I94" t="inlineStr"/>
       <c r="J94" t="inlineStr">
         <is>
           <t>İnformasiya cəmiyyətin fəlsəfi və sosioloji problemləri</t>
         </is>
       </c>
       <c r="K94" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L94" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M94" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N94" t="inlineStr"/>
       <c r="O94" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=ZMQA5pMAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="n">
         <v>2330</v>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>Kamran</t>
         </is>
@@ -6128,51 +6128,51 @@
       <c r="D95" t="inlineStr">
         <is>
           <t>Məmmədov</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G95" t="inlineStr"/>
       <c r="H95" t="inlineStr"/>
       <c r="I95" t="inlineStr"/>
       <c r="J95" t="inlineStr">
         <is>
           <t>İnformasiya cəmiyyətin fəlsəfi və sosioloji problemləri</t>
         </is>
       </c>
       <c r="K95" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L95" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M95" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N95" t="inlineStr"/>
       <c r="O95" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=ZMQA5pMAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="n">
         <v>2331</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>Hüseyn</t>
         </is>
@@ -6189,51 +6189,51 @@
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G96" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H96" t="inlineStr"/>
       <c r="I96" t="inlineStr"/>
       <c r="J96" t="inlineStr">
         <is>
           <t>Multikulturalizm və torelantliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K96" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L96" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M96" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N96" t="inlineStr"/>
       <c r="O96" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=DuCtSjMAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/HuseynIbrahimov7'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-8914-9168'}]</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="n">
         <v>2332</v>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>Rəna</t>
         </is>
@@ -6311,51 +6311,51 @@
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G98" t="inlineStr">
         <is>
           <t>Fəlsəfə elmləri doktoru</t>
         </is>
       </c>
       <c r="H98" t="inlineStr"/>
       <c r="I98" t="inlineStr"/>
       <c r="J98" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K98" t="inlineStr">
         <is>
-          <t>baş elmi işçi</t>
+          <t>Baş elmi işçi</t>
         </is>
       </c>
       <c r="L98" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M98" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N98" t="inlineStr"/>
       <c r="O98" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=q7yuUFoAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0001-0227-6145'}]</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="n">
         <v>2334</v>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>Təzəgül</t>
         </is>
@@ -6372,51 +6372,51 @@
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G99" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H99" t="inlineStr"/>
       <c r="I99" t="inlineStr"/>
       <c r="J99" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K99" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L99" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M99" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N99" t="inlineStr"/>
       <c r="O99" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=tG1hjMQAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="n">
         <v>2335</v>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>Etibar</t>
         </is>
@@ -6433,51 +6433,51 @@
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H100" t="inlineStr"/>
       <c r="I100" t="inlineStr"/>
       <c r="J100" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K100" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L100" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M100" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N100" t="inlineStr"/>
       <c r="O100" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Mk0wzmEAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="n">
         <v>2336</v>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>Оqtay</t>
         </is>
@@ -6494,51 +6494,51 @@
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G101" t="inlineStr">
         <is>
           <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H101" t="inlineStr"/>
       <c r="I101" t="inlineStr"/>
       <c r="J101" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K101" t="inlineStr">
         <is>
-          <t>böyük elmi işçi</t>
+          <t>Böyük elmi işçi</t>
         </is>
       </c>
       <c r="L101" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M101" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N101" t="inlineStr"/>
       <c r="O101" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=Q9Z2GGYAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="n">
         <v>2337</v>
       </c>
       <c r="B102" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -6551,51 +6551,51 @@
       <c r="D102" t="inlineStr">
         <is>
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F102" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G102" t="inlineStr"/>
       <c r="H102" t="inlineStr"/>
       <c r="I102" t="inlineStr"/>
       <c r="J102" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K102" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L102" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M102" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N102" t="inlineStr"/>
       <c r="O102" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=0XQqH4cAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="n">
         <v>2338</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
           <t>Nailə</t>
         </is>
@@ -6608,51 +6608,51 @@
       <c r="D103" t="inlineStr">
         <is>
           <t>Əlicanova</t>
         </is>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F103" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G103" t="inlineStr"/>
       <c r="H103" t="inlineStr"/>
       <c r="I103" t="inlineStr"/>
       <c r="J103" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K103" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L103" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M103" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N103" t="inlineStr"/>
       <c r="O103" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=lRfh7qIAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="n">
         <v>2339</v>
       </c>
       <c r="B104" t="inlineStr">
         <is>
           <t>Təhminə</t>
         </is>
@@ -6669,51 +6669,51 @@
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F104" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G104" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H104" t="inlineStr"/>
       <c r="I104" t="inlineStr"/>
       <c r="J104" t="inlineStr">
         <is>
           <t>Estetika</t>
         </is>
       </c>
       <c r="K104" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L104" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M104" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N104" t="inlineStr"/>
       <c r="O104" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=-dGPS3QAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="n">
         <v>2340</v>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -6856,51 +6856,51 @@
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F107" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G107" t="inlineStr">
         <is>
           <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H107" t="inlineStr"/>
       <c r="I107" t="inlineStr"/>
       <c r="J107" t="inlineStr">
         <is>
           <t>Heydər Əliyevin siyasi irsi və azərbaycançiliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K107" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L107" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M107" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N107" t="inlineStr"/>
       <c r="O107" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="n">
         <v>2344</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>Elxan</t>
         </is>
@@ -7027,51 +7027,51 @@
       <c r="D110" t="inlineStr">
         <is>
           <t>Mяmmədov</t>
         </is>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F110" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G110" t="inlineStr"/>
       <c r="H110" t="inlineStr"/>
       <c r="I110" t="inlineStr"/>
       <c r="J110" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K110" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L110" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M110" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N110" t="inlineStr"/>
       <c r="O110" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="n">
         <v>2347</v>
       </c>
       <c r="B111" t="inlineStr">
         <is>
           <t>Aygün</t>
         </is>
@@ -7084,51 +7084,51 @@
       <c r="D111" t="inlineStr">
         <is>
           <t>Yusifzadə</t>
         </is>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F111" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G111" t="inlineStr"/>
       <c r="H111" t="inlineStr"/>
       <c r="I111" t="inlineStr"/>
       <c r="J111" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K111" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L111" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M111" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N111" t="inlineStr"/>
       <c r="O111" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="n">
         <v>2348</v>
       </c>
       <c r="B112" t="inlineStr">
         <is>
           <t>Adil</t>
         </is>
@@ -7267,51 +7267,51 @@
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F114" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G114" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H114" t="inlineStr"/>
       <c r="I114" t="inlineStr"/>
       <c r="J114" t="inlineStr">
         <is>
           <t>Estetika</t>
         </is>
       </c>
       <c r="K114" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L114" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M114" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N114" t="inlineStr"/>
       <c r="O114" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=sK7Ai1IAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="n">
         <v>2351</v>
       </c>
       <c r="B115" t="inlineStr">
         <is>
           <t>Aypara</t>
         </is>
@@ -7442,51 +7442,51 @@
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F117" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H117" t="inlineStr"/>
       <c r="I117" t="inlineStr"/>
       <c r="J117" t="inlineStr">
         <is>
           <t>İslam fəlsəfəsi</t>
         </is>
       </c>
       <c r="K117" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L117" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M117" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N117" t="inlineStr"/>
       <c r="O117" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="n">
         <v>2354</v>
       </c>
       <c r="B118" t="inlineStr">
         <is>
           <t>Radif</t>
         </is>
@@ -7503,51 +7503,51 @@
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F118" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G118" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H118" t="inlineStr"/>
       <c r="I118" t="inlineStr"/>
       <c r="J118" t="inlineStr">
         <is>
           <t>İslam fəlsəfəsi</t>
         </is>
       </c>
       <c r="K118" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L118" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M118" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N118" t="inlineStr"/>
       <c r="O118" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=6HOr2KIAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="n">
         <v>2355</v>
       </c>
       <c r="B119" t="inlineStr">
         <is>
           <t>Türkan</t>
         </is>
@@ -7560,51 +7560,51 @@
       <c r="D119" t="inlineStr">
         <is>
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F119" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G119" t="inlineStr"/>
       <c r="H119" t="inlineStr"/>
       <c r="I119" t="inlineStr"/>
       <c r="J119" t="inlineStr">
         <is>
           <t>İslam fəlsəfəsi</t>
         </is>
       </c>
       <c r="K119" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L119" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M119" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N119" t="inlineStr"/>
       <c r="O119" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="n">
         <v>2356</v>
       </c>
       <c r="B120" t="inlineStr">
         <is>
           <t>Xatirə</t>
         </is>
@@ -7686,51 +7686,51 @@
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F121" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G121" t="inlineStr">
         <is>
           <t>İqtisad üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H121" t="inlineStr"/>
       <c r="I121" t="inlineStr"/>
       <c r="J121" t="inlineStr">
         <is>
           <t>Sosiologiya</t>
         </is>
       </c>
       <c r="K121" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L121" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M121" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N121" t="inlineStr"/>
       <c r="O121" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="n">
         <v>2358</v>
       </c>
       <c r="B122" t="inlineStr">
         <is>
           <t>Yevgeniya</t>
         </is>
@@ -7865,51 +7865,51 @@
       <c r="D124" t="inlineStr">
         <is>
           <t>Muradova</t>
         </is>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F124" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G124" t="inlineStr"/>
       <c r="H124" t="inlineStr"/>
       <c r="I124" t="inlineStr"/>
       <c r="J124" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K124" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L124" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M124" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N124" t="inlineStr"/>
       <c r="O124" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="n">
         <v>2363</v>
       </c>
       <c r="B125" t="inlineStr">
         <is>
           <t>Əbülhəsən</t>
         </is>
@@ -7987,51 +7987,51 @@
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F126" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G126" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H126" t="inlineStr"/>
       <c r="I126" t="inlineStr"/>
       <c r="J126" t="inlineStr">
         <is>
           <t>Müasir fəlsəfə problemləri</t>
         </is>
       </c>
       <c r="K126" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L126" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M126" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N126" t="inlineStr"/>
       <c r="O126" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=XHXdi7YAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="n">
         <v>2366</v>
       </c>
       <c r="B127" t="inlineStr">
         <is>
           <t>Rauf</t>
         </is>
@@ -8048,51 +8048,51 @@
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F127" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G127" t="inlineStr">
         <is>
           <t>fəlsəfə üzrə fəlsəfə doktoru</t>
         </is>
       </c>
       <c r="H127" t="inlineStr"/>
       <c r="I127" t="inlineStr"/>
       <c r="J127" t="inlineStr">
         <is>
           <t>Müasir fəlsəfə problemləri</t>
         </is>
       </c>
       <c r="K127" t="inlineStr">
         <is>
-          <t>aparıcı elmi işçi</t>
+          <t>Aparıcı elmi işçi</t>
         </is>
       </c>
       <c r="L127" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M127" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N127" t="inlineStr"/>
       <c r="O127" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=ullprHAAAAAJ&amp;hl=en'}]</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="n">
         <v>2367</v>
       </c>
       <c r="B128" t="inlineStr">
         <is>
           <t>Qudsiyə</t>
         </is>
@@ -8288,51 +8288,51 @@
       <c r="D131" t="inlineStr">
         <is>
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E131" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F131" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G131" t="inlineStr"/>
       <c r="H131" t="inlineStr"/>
       <c r="I131" t="inlineStr"/>
       <c r="J131" t="inlineStr">
         <is>
           <t>Müasir fəlsəfə problemləri</t>
         </is>
       </c>
       <c r="K131" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L131" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M131" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N131" t="inlineStr"/>
       <c r="O131" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="n">
         <v>2371</v>
       </c>
       <c r="B132" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
@@ -8345,51 +8345,51 @@
       <c r="D132" t="inlineStr">
         <is>
           <t>Bağırova</t>
         </is>
       </c>
       <c r="E132" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F132" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G132" t="inlineStr"/>
       <c r="H132" t="inlineStr"/>
       <c r="I132" t="inlineStr"/>
       <c r="J132" t="inlineStr">
         <is>
           <t>Müasir fəlsəfə problemləri</t>
         </is>
       </c>
       <c r="K132" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L132" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M132" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N132" t="inlineStr"/>
       <c r="O132" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="n">
         <v>2372</v>
       </c>
       <c r="B133" t="inlineStr">
         <is>
           <t>Günel</t>
         </is>
@@ -8402,51 +8402,51 @@
       <c r="D133" t="inlineStr">
         <is>
           <t>Heydərova</t>
         </is>
       </c>
       <c r="E133" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F133" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G133" t="inlineStr"/>
       <c r="H133" t="inlineStr"/>
       <c r="I133" t="inlineStr"/>
       <c r="J133" t="inlineStr">
         <is>
           <t>Müasir fəlsəfə problemləri</t>
         </is>
       </c>
       <c r="K133" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L133" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M133" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N133" t="inlineStr"/>
       <c r="O133" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="n">
         <v>2373</v>
       </c>
       <c r="B134" t="inlineStr">
         <is>
           <t>Xalidə</t>
         </is>
@@ -8459,51 +8459,51 @@
       <c r="D134" t="inlineStr">
         <is>
           <t>Nəzərova</t>
         </is>
       </c>
       <c r="E134" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F134" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G134" t="inlineStr"/>
       <c r="H134" t="inlineStr"/>
       <c r="I134" t="inlineStr"/>
       <c r="J134" t="inlineStr">
         <is>
           <t>Müasir fəlsəfə problemləri</t>
         </is>
       </c>
       <c r="K134" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L134" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M134" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N134" t="inlineStr"/>
       <c r="O134" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="n">
         <v>2374</v>
       </c>
       <c r="B135" t="inlineStr">
         <is>
           <t>Nərgiz</t>
         </is>
@@ -8516,51 +8516,51 @@
       <c r="D135" t="inlineStr">
         <is>
           <t>Zeynallı</t>
         </is>
       </c>
       <c r="E135" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F135" t="inlineStr">
         <is>
           <t>Elmi işçi</t>
         </is>
       </c>
       <c r="G135" t="inlineStr"/>
       <c r="H135" t="inlineStr"/>
       <c r="I135" t="inlineStr"/>
       <c r="J135" t="inlineStr">
         <is>
           <t>Müasir fəlsəfə problemləri</t>
         </is>
       </c>
       <c r="K135" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L135" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M135" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N135" t="inlineStr"/>
       <c r="O135" t="inlineStr">
         <is>
           <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=XBQoD0gAAAAJ&amp;hl=en'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0007-2378-0272'}]</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="n">
         <v>2375</v>
       </c>
       <c r="B136" t="inlineStr">
         <is>
           <t>Xanım</t>
         </is>
@@ -8636,51 +8636,51 @@
           <t>Ağayarova</t>
         </is>
       </c>
       <c r="E137" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F137" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G137" t="inlineStr"/>
       <c r="H137" t="inlineStr"/>
       <c r="I137" s="2" t="n">
         <v>23694</v>
       </c>
       <c r="J137" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K137" t="inlineStr">
         <is>
-          <t>baş iqtisadçı</t>
+          <t>Baş iqtisadçı</t>
         </is>
       </c>
       <c r="L137" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M137" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N137" t="inlineStr"/>
       <c r="O137" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="n">
         <v>2377</v>
       </c>
       <c r="B138" t="inlineStr">
         <is>
           <t>Güldanə</t>
         </is>
@@ -8695,51 +8695,51 @@
           <t>Babayeva</t>
         </is>
       </c>
       <c r="E138" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F138" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G138" t="inlineStr"/>
       <c r="H138" t="inlineStr"/>
       <c r="I138" s="2" t="n">
         <v>20706</v>
       </c>
       <c r="J138" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K138" t="inlineStr">
         <is>
-          <t>baş mühasibat</t>
+          <t>Baş mühasibat</t>
         </is>
       </c>
       <c r="L138" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M138" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N138" t="inlineStr"/>
       <c r="O138" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="n">
         <v>2378</v>
       </c>
       <c r="B139" t="inlineStr">
         <is>
           <t>Asya</t>
         </is>
@@ -8754,51 +8754,51 @@
           <t>Əhmədova</t>
         </is>
       </c>
       <c r="E139" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F139" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G139" t="inlineStr"/>
       <c r="H139" t="inlineStr"/>
       <c r="I139" s="2" t="n">
         <v>27721</v>
       </c>
       <c r="J139" t="inlineStr">
         <is>
           <t>Beynəlxalq əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K139" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L139" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M139" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N139" t="inlineStr"/>
       <c r="O139" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="n">
         <v>2379</v>
       </c>
       <c r="B140" t="inlineStr">
         <is>
           <t>Aynurə</t>
         </is>
@@ -8813,51 +8813,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E140" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F140" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G140" t="inlineStr"/>
       <c r="H140" t="inlineStr"/>
       <c r="I140" s="2" t="n">
         <v>32169</v>
       </c>
       <c r="J140" t="inlineStr">
         <is>
           <t>Beynəlxalq əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K140" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L140" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M140" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N140" t="inlineStr"/>
       <c r="O140" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="n">
         <v>2380</v>
       </c>
       <c r="B141" t="inlineStr">
         <is>
           <t>Rəşad</t>
         </is>
@@ -8872,51 +8872,51 @@
           <t>Məmmədov</t>
         </is>
       </c>
       <c r="E141" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F141" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G141" t="inlineStr"/>
       <c r="H141" t="inlineStr"/>
       <c r="I141" s="2" t="n">
         <v>28884</v>
       </c>
       <c r="J141" t="inlineStr">
         <is>
           <t>Elektron xidmətlər şöbəsi</t>
         </is>
       </c>
       <c r="K141" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L141" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M141" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N141" t="inlineStr"/>
       <c r="O141" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="n">
         <v>2381</v>
       </c>
       <c r="B142" t="inlineStr">
         <is>
           <t>İlhamə</t>
         </is>
@@ -8931,51 +8931,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E142" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F142" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G142" t="inlineStr"/>
       <c r="H142" t="inlineStr"/>
       <c r="I142" s="2" t="n">
         <v>28773</v>
       </c>
       <c r="J142" t="inlineStr">
         <is>
           <t>Nəşriyyat  söbəsi</t>
         </is>
       </c>
       <c r="K142" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L142" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M142" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N142" t="inlineStr"/>
       <c r="O142" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="n">
         <v>2382</v>
       </c>
       <c r="B143" t="inlineStr">
         <is>
           <t>İskəndərova</t>
         </is>
@@ -8990,51 +8990,51 @@
           <t>İlqar</t>
         </is>
       </c>
       <c r="E143" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F143" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G143" t="inlineStr"/>
       <c r="H143" t="inlineStr"/>
       <c r="I143" s="2" t="n">
         <v>35217</v>
       </c>
       <c r="J143" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K143" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L143" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M143" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N143" t="inlineStr"/>
       <c r="O143" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="n">
         <v>2383</v>
       </c>
       <c r="B144" t="inlineStr">
         <is>
           <t>Nərmin</t>
         </is>
@@ -9049,51 +9049,51 @@
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E144" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F144" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G144" t="inlineStr"/>
       <c r="H144" t="inlineStr"/>
       <c r="I144" s="2" t="n">
         <v>32637</v>
       </c>
       <c r="J144" t="inlineStr">
         <is>
           <t>Təhsil şöbəsi</t>
         </is>
       </c>
       <c r="K144" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L144" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M144" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N144" t="inlineStr"/>
       <c r="O144" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="n">
         <v>2384</v>
       </c>
       <c r="B145" t="inlineStr">
         <is>
           <t>Arzu</t>
         </is>
@@ -9108,51 +9108,51 @@
           <t>Kərimova</t>
         </is>
       </c>
       <c r="E145" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F145" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G145" t="inlineStr"/>
       <c r="H145" t="inlineStr"/>
       <c r="I145" s="2" t="n">
         <v>25419</v>
       </c>
       <c r="J145" t="inlineStr">
         <is>
           <t>Təhsil şöbəsi</t>
         </is>
       </c>
       <c r="K145" t="inlineStr">
         <is>
-          <t>baş mütəxəssis</t>
+          <t>Baş mütəxəssis</t>
         </is>
       </c>
       <c r="L145" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M145" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N145" t="inlineStr"/>
       <c r="O145" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="n">
         <v>2385</v>
       </c>
       <c r="B146" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -9167,51 +9167,51 @@
           <t>Həmidova</t>
         </is>
       </c>
       <c r="E146" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F146" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G146" t="inlineStr"/>
       <c r="H146" t="inlineStr"/>
       <c r="I146" s="2" t="n">
         <v>30959</v>
       </c>
       <c r="J146" t="inlineStr">
         <is>
           <t>Arxiv</t>
         </is>
       </c>
       <c r="K146" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L146" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M146" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N146" t="inlineStr"/>
       <c r="O146" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="n">
         <v>2386</v>
       </c>
       <c r="B147" t="inlineStr">
         <is>
           <t>Nuray</t>
         </is>
@@ -9226,51 +9226,51 @@
           <t>Əliəsgərova</t>
         </is>
       </c>
       <c r="E147" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F147" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G147" t="inlineStr"/>
       <c r="H147" t="inlineStr"/>
       <c r="I147" s="2" t="n">
         <v>33519</v>
       </c>
       <c r="J147" t="inlineStr">
         <is>
           <t>Azərbaycan fəlsəfə tarixi</t>
         </is>
       </c>
       <c r="K147" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L147" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M147" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N147" t="inlineStr"/>
       <c r="O147" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="n">
         <v>2387</v>
       </c>
       <c r="B148" t="inlineStr">
         <is>
           <t>Düranə</t>
         </is>
@@ -9285,51 +9285,51 @@
           <t>Nəzərli</t>
         </is>
       </c>
       <c r="E148" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F148" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G148" t="inlineStr"/>
       <c r="H148" t="inlineStr"/>
       <c r="I148" s="2" t="n">
         <v>34238</v>
       </c>
       <c r="J148" t="inlineStr">
         <is>
           <t>Estetika</t>
         </is>
       </c>
       <c r="K148" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L148" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M148" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N148" t="inlineStr"/>
       <c r="O148" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="n">
         <v>2388</v>
       </c>
       <c r="B149" t="inlineStr">
         <is>
           <t>Günay</t>
         </is>
@@ -9344,51 +9344,51 @@
           <t>Ağazadə</t>
         </is>
       </c>
       <c r="E149" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F149" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G149" t="inlineStr"/>
       <c r="H149" t="inlineStr"/>
       <c r="I149" s="2" t="n">
         <v>34844</v>
       </c>
       <c r="J149" t="inlineStr">
         <is>
           <t>Estetika</t>
         </is>
       </c>
       <c r="K149" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L149" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M149" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N149" t="inlineStr"/>
       <c r="O149" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="n">
         <v>2389</v>
       </c>
       <c r="B150" t="inlineStr">
         <is>
           <t>Səbinə</t>
         </is>
@@ -9403,51 +9403,51 @@
           <t>Məmmədova</t>
         </is>
       </c>
       <c r="E150" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F150" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G150" t="inlineStr"/>
       <c r="H150" t="inlineStr"/>
       <c r="I150" s="2" t="n">
         <v>32732</v>
       </c>
       <c r="J150" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K150" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L150" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M150" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N150" t="inlineStr"/>
       <c r="O150" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="n">
         <v>2390</v>
       </c>
       <c r="B151" t="inlineStr">
         <is>
           <t>Sona</t>
         </is>
@@ -9462,51 +9462,51 @@
           <t>Əhmədzadə</t>
         </is>
       </c>
       <c r="E151" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F151" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G151" t="inlineStr"/>
       <c r="H151" t="inlineStr"/>
       <c r="I151" s="2" t="n">
         <v>28590</v>
       </c>
       <c r="J151" t="inlineStr">
         <is>
           <t>Etika</t>
         </is>
       </c>
       <c r="K151" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L151" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M151" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N151" t="inlineStr"/>
       <c r="O151" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="n">
         <v>2391</v>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Aynur</t>
         </is>
@@ -9521,51 +9521,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E152" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F152" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G152" t="inlineStr"/>
       <c r="H152" t="inlineStr"/>
       <c r="I152" s="2" t="n">
         <v>29095</v>
       </c>
       <c r="J152" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K152" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L152" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M152" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N152" t="inlineStr"/>
       <c r="O152" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="n">
         <v>2392</v>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Nərgiz</t>
         </is>
@@ -9580,51 +9580,51 @@
           <t>Salamova-İsmayılova</t>
         </is>
       </c>
       <c r="E153" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F153" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G153" t="inlineStr"/>
       <c r="H153" t="inlineStr"/>
       <c r="I153" s="2" t="n">
         <v>32435</v>
       </c>
       <c r="J153" t="inlineStr">
         <is>
           <t>İdrak nəzəriyyəsi və məntiq şöbəsi</t>
         </is>
       </c>
       <c r="K153" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L153" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M153" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N153" t="inlineStr"/>
       <c r="O153" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="n">
         <v>2393</v>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Şəms</t>
         </is>
@@ -9639,51 +9639,51 @@
           <t>Qasımova</t>
         </is>
       </c>
       <c r="E154" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F154" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G154" t="inlineStr"/>
       <c r="H154" t="inlineStr"/>
       <c r="I154" s="2" t="n">
         <v>31606</v>
       </c>
       <c r="J154" t="inlineStr">
         <is>
           <t>İnformasiya cəmiyyətin fəlsəfi və sosioloji problemləri</t>
         </is>
       </c>
       <c r="K154" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L154" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M154" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N154" t="inlineStr"/>
       <c r="O154" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="n">
         <v>2394</v>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -9698,51 +9698,51 @@
           <t>Müzəffərli</t>
         </is>
       </c>
       <c r="E155" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F155" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G155" t="inlineStr"/>
       <c r="H155" t="inlineStr"/>
       <c r="I155" s="2" t="n">
         <v>34611</v>
       </c>
       <c r="J155" t="inlineStr">
         <is>
           <t>İnformasiya cəmiyyətin fəlsəfi və sosioloji problemləri</t>
         </is>
       </c>
       <c r="K155" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L155" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M155" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N155" t="inlineStr"/>
       <c r="O155" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="n">
         <v>2395</v>
       </c>
       <c r="B156" t="inlineStr">
         <is>
           <t>Aygün</t>
         </is>
@@ -9757,51 +9757,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E156" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F156" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G156" t="inlineStr"/>
       <c r="H156" t="inlineStr"/>
       <c r="I156" s="2" t="n">
         <v>30389</v>
       </c>
       <c r="J156" t="inlineStr">
         <is>
           <t>İslam fəlsəfəsi</t>
         </is>
       </c>
       <c r="K156" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L156" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M156" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N156" t="inlineStr"/>
       <c r="O156" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="n">
         <v>2396</v>
       </c>
       <c r="B157" t="inlineStr">
         <is>
           <t>Təranə</t>
         </is>
@@ -9816,51 +9816,51 @@
           <t>Tahirzadə</t>
         </is>
       </c>
       <c r="E157" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F157" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G157" t="inlineStr"/>
       <c r="H157" t="inlineStr"/>
       <c r="I157" s="2" t="n">
         <v>32649</v>
       </c>
       <c r="J157" t="inlineStr">
         <is>
           <t>Müasir fəlsəfə problemləri</t>
         </is>
       </c>
       <c r="K157" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L157" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M157" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N157" t="inlineStr"/>
       <c r="O157" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="n">
         <v>2397</v>
       </c>
       <c r="B158" t="inlineStr">
         <is>
           <t>Sevinc</t>
         </is>
@@ -9875,51 +9875,51 @@
           <t>Quliyeva</t>
         </is>
       </c>
       <c r="E158" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F158" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G158" t="inlineStr"/>
       <c r="H158" t="inlineStr"/>
       <c r="I158" s="2" t="n">
         <v>24243</v>
       </c>
       <c r="J158" t="inlineStr">
         <is>
           <t>Multikulturalizm və torelantliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K158" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L158" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M158" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N158" t="inlineStr"/>
       <c r="O158" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="n">
         <v>2398</v>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Sədiqə</t>
         </is>
@@ -9934,51 +9934,51 @@
           <t>Cəfərquliyeva</t>
         </is>
       </c>
       <c r="E159" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F159" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G159" t="inlineStr"/>
       <c r="H159" t="inlineStr"/>
       <c r="I159" s="2" t="n">
         <v>27178</v>
       </c>
       <c r="J159" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K159" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L159" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M159" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N159" t="inlineStr"/>
       <c r="O159" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="n">
         <v>2399</v>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Şəfa</t>
         </is>
@@ -9993,51 +9993,51 @@
           <t>Əsgərova</t>
         </is>
       </c>
       <c r="E160" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F160" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G160" t="inlineStr"/>
       <c r="H160" t="inlineStr"/>
       <c r="I160" s="2" t="n">
         <v>30393</v>
       </c>
       <c r="J160" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K160" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L160" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M160" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N160" t="inlineStr"/>
       <c r="O160" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="n">
         <v>2400</v>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Günay</t>
         </is>
@@ -10052,51 +10052,51 @@
           <t>Cabarova</t>
         </is>
       </c>
       <c r="E161" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F161" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G161" t="inlineStr"/>
       <c r="H161" t="inlineStr"/>
       <c r="I161" s="2" t="n">
         <v>32504</v>
       </c>
       <c r="J161" t="inlineStr">
         <is>
           <t>Siyasətin fəlsəfəsi və sosialogiyası</t>
         </is>
       </c>
       <c r="K161" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L161" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M161" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N161" t="inlineStr"/>
       <c r="O161" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="n">
         <v>2401</v>
       </c>
       <c r="B162" t="inlineStr">
         <is>
           <t>Sevanə</t>
         </is>
@@ -10111,51 +10111,51 @@
           <t>Mirzəyeva</t>
         </is>
       </c>
       <c r="E162" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F162" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G162" t="inlineStr"/>
       <c r="H162" t="inlineStr"/>
       <c r="I162" s="2" t="n">
         <v>31939</v>
       </c>
       <c r="J162" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K162" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L162" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M162" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N162" t="inlineStr"/>
       <c r="O162" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="n">
         <v>2402</v>
       </c>
       <c r="B163" t="inlineStr">
         <is>
           <t>Teymur</t>
         </is>
@@ -10170,51 +10170,51 @@
           <t>Əliyev</t>
         </is>
       </c>
       <c r="E163" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F163" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G163" t="inlineStr"/>
       <c r="H163" t="inlineStr"/>
       <c r="I163" s="2" t="n">
         <v>28719</v>
       </c>
       <c r="J163" t="inlineStr">
         <is>
           <t>Sosiologiya</t>
         </is>
       </c>
       <c r="K163" t="inlineStr">
         <is>
-          <t>böyük laborant</t>
+          <t>Böyük laborant</t>
         </is>
       </c>
       <c r="L163" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M163" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N163" t="inlineStr"/>
       <c r="O163" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="n">
         <v>2403</v>
       </c>
       <c r="B164" t="inlineStr">
         <is>
           <t>Cəmilə</t>
         </is>
@@ -10229,51 +10229,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E164" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F164" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G164" t="inlineStr"/>
       <c r="H164" t="inlineStr"/>
       <c r="I164" s="2" t="n">
         <v>29057</v>
       </c>
       <c r="J164" t="inlineStr">
         <is>
           <t>Rəhbərlik</t>
         </is>
       </c>
       <c r="K164" t="inlineStr">
         <is>
-          <t>direktor köməkçisi</t>
+          <t>Direktor köməkçisi</t>
         </is>
       </c>
       <c r="L164" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M164" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N164" t="inlineStr"/>
       <c r="O164" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="n">
         <v>2404</v>
       </c>
       <c r="B165" t="inlineStr">
         <is>
           <t>Elnaz</t>
         </is>
@@ -10288,51 +10288,51 @@
           <t>Kərimova</t>
         </is>
       </c>
       <c r="E165" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F165" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G165" t="inlineStr"/>
       <c r="H165" t="inlineStr"/>
       <c r="I165" s="2" t="n">
         <v>26008</v>
       </c>
       <c r="J165" t="inlineStr">
         <is>
           <t>İnsan resursları şöbəsi</t>
         </is>
       </c>
       <c r="K165" t="inlineStr">
         <is>
-          <t>kadrlar üzrə mütəxəssis</t>
+          <t>Kadrlar üzrə mütəxəssis</t>
         </is>
       </c>
       <c r="L165" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M165" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N165" t="inlineStr"/>
       <c r="O165" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="n">
         <v>2405</v>
       </c>
       <c r="B166" t="inlineStr">
         <is>
           <t>Könül</t>
         </is>
@@ -10365,96 +10365,96 @@
       <c r="H166" t="inlineStr"/>
       <c r="I166" s="2" t="n">
         <v>33659</v>
       </c>
       <c r="J166" t="inlineStr">
         <is>
           <t>İslam fəlsəfəsi</t>
         </is>
       </c>
       <c r="K166" t="inlineStr">
         <is>
           <t>şöbə müdiri</t>
         </is>
       </c>
       <c r="L166" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M166" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N166" t="inlineStr"/>
       <c r="O166" t="inlineStr">
         <is>
-          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=bqpiYbYAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/2854715'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=57221696311'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-6862-5144'}]</t>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=bqpiYbYAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/2854715'}, {'platform_name': 'Scopus', 'platform_logo': '/media/platform_logos/scopus_.PNG', 'url': 'https://www.scopus.com/authid/detail.uri?authorId=57221696311'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-6862-5144'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2405/9/#ameadergipark'}]</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="n">
         <v>2406</v>
       </c>
       <c r="B167" t="inlineStr">
         <is>
           <t>Fəridə</t>
         </is>
       </c>
       <c r="C167" t="inlineStr">
         <is>
           <t>Telman qızı</t>
         </is>
       </c>
       <c r="D167" t="inlineStr">
         <is>
           <t>Şükürlü</t>
         </is>
       </c>
       <c r="E167" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F167" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G167" t="inlineStr"/>
       <c r="H167" t="inlineStr"/>
       <c r="I167" s="2" t="n">
         <v>33927</v>
       </c>
       <c r="J167" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K167" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L167" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M167" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N167" t="inlineStr"/>
       <c r="O167" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="n">
         <v>2407</v>
       </c>
       <c r="B168" t="inlineStr">
         <is>
           <t>Leyla</t>
         </is>
@@ -10469,51 +10469,51 @@
           <t>Zeynalova</t>
         </is>
       </c>
       <c r="E168" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F168" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G168" t="inlineStr"/>
       <c r="H168" t="inlineStr"/>
       <c r="I168" s="2" t="n">
         <v>32782</v>
       </c>
       <c r="J168" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K168" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L168" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M168" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N168" t="inlineStr"/>
       <c r="O168" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="n">
         <v>2408</v>
       </c>
       <c r="B169" t="inlineStr">
         <is>
           <t>Gülər</t>
         </is>
@@ -10528,51 +10528,51 @@
           <t>Abdullayeva</t>
         </is>
       </c>
       <c r="E169" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F169" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G169" t="inlineStr"/>
       <c r="H169" t="inlineStr"/>
       <c r="I169" s="2" t="n">
         <v>36160</v>
       </c>
       <c r="J169" t="inlineStr">
         <is>
           <t>Sosial psixologiya</t>
         </is>
       </c>
       <c r="K169" t="inlineStr">
         <is>
-          <t>kiçik elmi işçi</t>
+          <t>Kiçik elmi işçi</t>
         </is>
       </c>
       <c r="L169" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M169" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N169" t="inlineStr"/>
       <c r="O169" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="n">
         <v>2409</v>
       </c>
       <c r="B170" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
@@ -10587,51 +10587,51 @@
           <t>Vəliyeva</t>
         </is>
       </c>
       <c r="E170" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F170" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G170" t="inlineStr"/>
       <c r="H170" t="inlineStr"/>
       <c r="I170" s="2" t="n">
         <v>25905</v>
       </c>
       <c r="J170" t="inlineStr">
         <is>
           <t>Kıtabxana</t>
         </is>
       </c>
       <c r="K170" t="inlineStr">
         <is>
-          <t>kitabxanaçı</t>
+          <t>Kitabxanaçı</t>
         </is>
       </c>
       <c r="L170" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M170" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N170" t="inlineStr"/>
       <c r="O170" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="n">
         <v>2410</v>
       </c>
       <c r="B171" t="inlineStr">
         <is>
           <t>Hicran</t>
         </is>
@@ -10646,51 +10646,51 @@
           <t>Qarayeva</t>
         </is>
       </c>
       <c r="E171" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F171" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G171" t="inlineStr"/>
       <c r="H171" t="inlineStr"/>
       <c r="I171" s="2" t="n">
         <v>29231</v>
       </c>
       <c r="J171" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K171" t="inlineStr">
         <is>
-          <t>komputer operatoru</t>
+          <t>Komputer operatoru</t>
         </is>
       </c>
       <c r="L171" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M171" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N171" t="inlineStr"/>
       <c r="O171" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="n">
         <v>2411</v>
       </c>
       <c r="B172" t="inlineStr">
         <is>
           <t>Məhbubə</t>
         </is>
@@ -10705,51 +10705,51 @@
           <t>Demirtaş</t>
         </is>
       </c>
       <c r="E172" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F172" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G172" t="inlineStr"/>
       <c r="H172" t="inlineStr"/>
       <c r="I172" s="2" t="n">
         <v>27317</v>
       </c>
       <c r="J172" t="inlineStr">
         <is>
           <t>Sənədlərlə iş şöbəsi</t>
         </is>
       </c>
       <c r="K172" t="inlineStr">
         <is>
-          <t>komputer operatoru</t>
+          <t>Komputer operatoru</t>
         </is>
       </c>
       <c r="L172" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M172" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N172" t="inlineStr"/>
       <c r="O172" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="n">
         <v>2412</v>
       </c>
       <c r="B173" t="inlineStr">
         <is>
           <t>Aynurə</t>
         </is>
@@ -10882,51 +10882,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E175" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F175" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G175" t="inlineStr"/>
       <c r="H175" t="inlineStr"/>
       <c r="I175" s="2" t="n">
         <v>26621</v>
       </c>
       <c r="J175" t="inlineStr">
         <is>
           <t>Heydər Əliyevin siyasi irsi və azərbaycançiliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K175" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L175" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M175" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N175" t="inlineStr"/>
       <c r="O175" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="n">
         <v>2415</v>
       </c>
       <c r="B176" t="inlineStr">
         <is>
           <t>Elnarə</t>
         </is>
@@ -10941,51 +10941,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E176" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F176" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G176" t="inlineStr"/>
       <c r="H176" t="inlineStr"/>
       <c r="I176" s="2" t="n">
         <v>27300</v>
       </c>
       <c r="J176" t="inlineStr">
         <is>
           <t>Nəşriyyat  söbəsi</t>
         </is>
       </c>
       <c r="K176" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L176" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M176" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N176" t="inlineStr"/>
       <c r="O176" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="n">
         <v>2416</v>
       </c>
       <c r="B177" t="inlineStr">
         <is>
           <t>Gülçin</t>
         </is>
@@ -11000,51 +11000,51 @@
           <t>Haciyeva</t>
         </is>
       </c>
       <c r="E177" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F177" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G177" t="inlineStr"/>
       <c r="H177" t="inlineStr"/>
       <c r="I177" s="2" t="n">
         <v>29216</v>
       </c>
       <c r="J177" t="inlineStr">
         <is>
           <t>Sosial fəlsəfə və ekoloji problemlər</t>
         </is>
       </c>
       <c r="K177" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L177" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M177" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N177" t="inlineStr"/>
       <c r="O177" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="n">
         <v>2417</v>
       </c>
       <c r="B178" t="inlineStr">
         <is>
           <t>Aynur</t>
         </is>
@@ -11059,51 +11059,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E178" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F178" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G178" t="inlineStr"/>
       <c r="H178" t="inlineStr"/>
       <c r="I178" s="2" t="n">
         <v>27874</v>
       </c>
       <c r="J178" t="inlineStr">
         <is>
           <t>Sosial fəlsəfə və ekoloji problemlər</t>
         </is>
       </c>
       <c r="K178" t="inlineStr">
         <is>
-          <t>kompüter operatoru</t>
+          <t>Kompüter operatoru</t>
         </is>
       </c>
       <c r="L178" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M178" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N178" t="inlineStr"/>
       <c r="O178" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="n">
         <v>2418</v>
       </c>
       <c r="B179" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
@@ -11118,51 +11118,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E179" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F179" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G179" t="inlineStr"/>
       <c r="H179" t="inlineStr"/>
       <c r="I179" s="2" t="n">
         <v>34953</v>
       </c>
       <c r="J179" t="inlineStr">
         <is>
           <t>Multikulturalizm və torelantliq fəlsəfəsi</t>
         </is>
       </c>
       <c r="K179" t="inlineStr">
         <is>
-          <t>laborant</t>
+          <t>Laborant</t>
         </is>
       </c>
       <c r="L179" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M179" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N179" t="inlineStr"/>
       <c r="O179" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="n">
         <v>2419</v>
       </c>
       <c r="B180" t="inlineStr">
         <is>
           <t>Adilə</t>
         </is>
@@ -11177,51 +11177,51 @@
           <t>Sadıqova</t>
         </is>
       </c>
       <c r="E180" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F180" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G180" t="inlineStr"/>
       <c r="H180" t="inlineStr"/>
       <c r="I180" s="2" t="n">
         <v>16274</v>
       </c>
       <c r="J180" t="inlineStr">
         <is>
           <t>Mühasibatlıq</t>
         </is>
       </c>
       <c r="K180" t="inlineStr">
         <is>
-          <t>mühasib</t>
+          <t>Mühasib</t>
         </is>
       </c>
       <c r="L180" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M180" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N180" t="inlineStr"/>
       <c r="O180" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="n">
         <v>2420</v>
       </c>
       <c r="B181" t="inlineStr">
         <is>
           <t>Lalə</t>
         </is>
@@ -11236,51 +11236,51 @@
           <t>Əliyeva</t>
         </is>
       </c>
       <c r="E181" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F181" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G181" t="inlineStr"/>
       <c r="H181" t="inlineStr"/>
       <c r="I181" s="2" t="n">
         <v>25294</v>
       </c>
       <c r="J181" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K181" t="inlineStr">
         <is>
-          <t>mühəndis proqramlaşdırıcı</t>
+          <t>Mühəndis proqramlaşdırıcı</t>
         </is>
       </c>
       <c r="L181" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M181" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N181" t="inlineStr"/>
       <c r="O181" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="n">
         <v>2421</v>
       </c>
       <c r="B182" t="inlineStr">
         <is>
           <t>Məhəmməd</t>
         </is>
@@ -11295,51 +11295,51 @@
           <t>Fərəməzli</t>
         </is>
       </c>
       <c r="E182" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F182" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G182" t="inlineStr"/>
       <c r="H182" t="inlineStr"/>
       <c r="I182" s="2" t="n">
         <v>35837</v>
       </c>
       <c r="J182" t="inlineStr">
         <is>
           <t>Təchizat və xidmət şöbəsi</t>
         </is>
       </c>
       <c r="K182" t="inlineStr">
         <is>
-          <t>mühəndis proqramlaşdırıcı</t>
+          <t>Mühəndis proqramlaşdırıcı</t>
         </is>
       </c>
       <c r="L182" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M182" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N182" t="inlineStr"/>
       <c r="O182" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="n">
         <v>2422</v>
       </c>
       <c r="B183" t="inlineStr">
         <is>
           <t>Xəyalə</t>
         </is>
@@ -11354,51 +11354,51 @@
           <t>İsayeva</t>
         </is>
       </c>
       <c r="E183" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F183" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G183" t="inlineStr"/>
       <c r="H183" t="inlineStr"/>
       <c r="I183" s="2" t="n">
         <v>29765</v>
       </c>
       <c r="J183" t="inlineStr">
         <is>
           <t>Arxiv</t>
         </is>
       </c>
       <c r="K183" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L183" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M183" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N183" t="inlineStr"/>
       <c r="O183" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="n">
         <v>2423</v>
       </c>
       <c r="B184" t="inlineStr">
         <is>
           <t>Səlimə</t>
         </is>
@@ -11413,51 +11413,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E184" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F184" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G184" t="inlineStr"/>
       <c r="H184" t="inlineStr"/>
       <c r="I184" s="2" t="n">
         <v>32181</v>
       </c>
       <c r="J184" t="inlineStr">
         <is>
           <t>Elektron xidmətlər şöbəsi</t>
         </is>
       </c>
       <c r="K184" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L184" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M184" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N184" t="inlineStr"/>
       <c r="O184" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="n">
         <v>2424</v>
       </c>
       <c r="B185" t="inlineStr">
         <is>
           <t>Şakir</t>
         </is>
@@ -11472,51 +11472,51 @@
           <t>Orucova</t>
         </is>
       </c>
       <c r="E185" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F185" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G185" t="inlineStr"/>
       <c r="H185" t="inlineStr"/>
       <c r="I185" s="2" t="n">
         <v>35243</v>
       </c>
       <c r="J185" t="inlineStr">
         <is>
           <t>İctimaıyyətlə əlaqələr şöbəsi</t>
         </is>
       </c>
       <c r="K185" t="inlineStr">
         <is>
-          <t>mütəxəssis</t>
+          <t>Mütəxəssis</t>
         </is>
       </c>
       <c r="L185" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M185" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N185" t="inlineStr"/>
       <c r="O185" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="n">
         <v>2425</v>
       </c>
       <c r="B186" t="inlineStr">
         <is>
           <t>Rəhilə</t>
         </is>
@@ -11531,51 +11531,51 @@
           <t>Həsənova</t>
         </is>
       </c>
       <c r="E186" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F186" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G186" t="inlineStr"/>
       <c r="H186" t="inlineStr"/>
       <c r="I186" s="2" t="n">
         <v>22061</v>
       </c>
       <c r="J186" t="inlineStr">
         <is>
           <t>Nəşriyyat  söbəsi</t>
         </is>
       </c>
       <c r="K186" t="inlineStr">
         <is>
-          <t>redaktor</t>
+          <t>Redaktor</t>
         </is>
       </c>
       <c r="L186" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M186" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N186" t="inlineStr"/>
       <c r="O186" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="n">
         <v>2428</v>
       </c>
       <c r="B187" t="inlineStr">
         <is>
           <t>Bahar</t>
         </is>
@@ -11944,51 +11944,51 @@
           <t>Mustafazadə</t>
         </is>
       </c>
       <c r="E193" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F193" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G193" t="inlineStr"/>
       <c r="H193" t="inlineStr"/>
       <c r="I193" s="2" t="n">
         <v>28527</v>
       </c>
       <c r="J193" t="inlineStr">
         <is>
           <t>Nəşriyyat  söbəsi</t>
         </is>
       </c>
       <c r="K193" t="inlineStr">
         <is>
-          <t>tərcüməçi</t>
+          <t>Tərcüməçi</t>
         </is>
       </c>
       <c r="L193" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M193" s="2" t="n">
         <v>45292</v>
       </c>
       <c r="N193" t="inlineStr"/>
       <c r="O193" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="n">
         <v>2435</v>
       </c>
       <c r="B194" t="inlineStr">
         <is>
           <t>Qabil</t>
         </is>
@@ -12062,62 +12062,1083 @@
           <t>Adıgözəlova</t>
         </is>
       </c>
       <c r="E195" t="inlineStr">
         <is>
           <t>İşləyir</t>
         </is>
       </c>
       <c r="F195" t="inlineStr">
         <is>
           <t>İşçi</t>
         </is>
       </c>
       <c r="G195" t="inlineStr"/>
       <c r="H195" t="inlineStr"/>
       <c r="I195" s="2" t="n">
         <v>21241</v>
       </c>
       <c r="J195" t="inlineStr">
         <is>
           <t>Kıtabxana</t>
         </is>
       </c>
       <c r="K195" t="inlineStr">
         <is>
-          <t>elmi işçi</t>
+          <t>Elmi işçi</t>
         </is>
       </c>
       <c r="L195" t="inlineStr">
         <is>
           <t>Fəlsəfə və Sosiologiya İnstitutu</t>
         </is>
       </c>
       <c r="M195" s="2" t="n">
         <v>45422</v>
       </c>
       <c r="N195" t="inlineStr"/>
       <c r="O195" t="inlineStr">
+        <is>
+          <t>[]</t>
+        </is>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="n">
+        <v>2437</v>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>Liliya</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>Fridun qızı</t>
+        </is>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>Mirzəzadə</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F196" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G196" t="inlineStr">
+        <is>
+          <t>iqtisad elmləri üzrə fəlsəfə doktoru</t>
+        </is>
+      </c>
+      <c r="H196" t="inlineStr">
+        <is>
+          <t>Dosent</t>
+        </is>
+      </c>
+      <c r="I196" t="inlineStr"/>
+      <c r="J196" t="inlineStr">
+        <is>
+          <t>Enerji təhlükəsizliyi siyasəti və gürcüstanşünaslıq</t>
+        </is>
+      </c>
+      <c r="K196" t="inlineStr">
+        <is>
+          <t>Aparıcı elmi işçi</t>
+        </is>
+      </c>
+      <c r="L196" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M196" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N196" t="inlineStr"/>
+      <c r="O196" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=9chw5fgAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/LiliyaMirzazade'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0008-7363-6516'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="n">
+        <v>2438</v>
+      </c>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>Aisel</t>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <t>Azər qızı</t>
+        </is>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>Zeynalova</t>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F197" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G197" t="inlineStr"/>
+      <c r="H197" t="inlineStr"/>
+      <c r="I197" t="inlineStr"/>
+      <c r="J197" t="inlineStr">
+        <is>
+          <t>Enerji təhlükəsizliyi siyasəti və gürcüstanşünaslıq</t>
+        </is>
+      </c>
+      <c r="K197" t="inlineStr">
+        <is>
+          <t>Baş mütəxəssis</t>
+        </is>
+      </c>
+      <c r="L197" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M197" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N197" t="inlineStr"/>
+      <c r="O197" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=nFaaptMAAAAJ&amp;hl=en'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="n">
+        <v>2441</v>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>Şərqiyyə</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>Mehdi qızı</t>
+        </is>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>İmaməli</t>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F198" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr"/>
+      <c r="H198" t="inlineStr"/>
+      <c r="I198" t="inlineStr"/>
+      <c r="J198" t="inlineStr">
+        <is>
+          <t>Qərbi Azərbaycana qayıdış siyasəti və ermənişünaslıq</t>
+        </is>
+      </c>
+      <c r="K198" t="inlineStr">
+        <is>
+          <t>Böyük elmi işçi</t>
+        </is>
+      </c>
+      <c r="L198" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M198" s="2" t="n">
+        <v>45987</v>
+      </c>
+      <c r="N198" t="inlineStr"/>
+      <c r="O198" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=seN3WykAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/Sarqiyya%C4%B0mamali'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-7268-7030'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="n">
+        <v>2442</v>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>Şahnaz</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <t>Heydər qızı</t>
+        </is>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>Tağıyeva</t>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F199" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr"/>
+      <c r="H199" t="inlineStr"/>
+      <c r="I199" t="inlineStr"/>
+      <c r="J199" t="inlineStr">
+        <is>
+          <t>Enerji təhlükəsizliyi siyasəti və gürcüstanşünaslıq</t>
+        </is>
+      </c>
+      <c r="K199" t="inlineStr">
+        <is>
+          <t>Böyük elmi işçi</t>
+        </is>
+      </c>
+      <c r="L199" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M199" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N199" t="inlineStr"/>
+      <c r="O199" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=ziWBClsAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/FerehFazilli'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-4900-5166'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="n">
+        <v>2443</v>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>Yeganə</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>Ürfan qızı</t>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>Baxşıyeva</t>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F200" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr">
+        <is>
+          <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
+        </is>
+      </c>
+      <c r="H200" t="inlineStr">
+        <is>
+          <t>Dosent</t>
+        </is>
+      </c>
+      <c r="I200" t="inlineStr"/>
+      <c r="J200" t="inlineStr">
+        <is>
+          <t>Qərbi Azərbaycana qayıdış siyasəti və ermənişünaslıq</t>
+        </is>
+      </c>
+      <c r="K200" t="inlineStr">
+        <is>
+          <t>Böyük elmi işçi</t>
+        </is>
+      </c>
+      <c r="L200" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M200" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N200" t="inlineStr"/>
+      <c r="O200" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=FmJolwIAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/yeganabakhshiyeva'}, {'platform_name': 'TÜBITAK DergiPark', 'platform_logo': '/media/platform_logos/DP.PNG', 'url': 'https://dergipark.org.tr/tr/pub/@yegana999-'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2269-0263'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2443/9/#ameadergipark'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="n">
+        <v>2444</v>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>Fərahilə</t>
+        </is>
+      </c>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>Fazil qızı</t>
+        </is>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>Babayeva-Şükürova</t>
+        </is>
+      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F201" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr"/>
+      <c r="H201" t="inlineStr"/>
+      <c r="I201" t="inlineStr"/>
+      <c r="J201" t="inlineStr">
+        <is>
+          <t>Qərbi Azərbaycana qayıdış siyasəti və ermənişünaslıq</t>
+        </is>
+      </c>
+      <c r="K201" t="inlineStr">
+        <is>
+          <t>Böyük elmi işçi</t>
+        </is>
+      </c>
+      <c r="L201" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M201" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N201" t="inlineStr"/>
+      <c r="O201" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=5cWunRIAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/ŞahnazTağıyeva'}, {'platform_name': 'TÜBITAK DergiPark', 'platform_logo': '/media/platform_logos/DP.PNG', 'url': 'https://dergipark.org.tr/tr/pub/@ferahilababayeva-sukurova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0009-0002-3751-0605'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="n">
+        <v>2445</v>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>Ramilə</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>Bəhlul qızı</t>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>Dadaşova</t>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr">
+        <is>
+          <t>siyasi elmlər doktoru</t>
+        </is>
+      </c>
+      <c r="H202" t="inlineStr">
+        <is>
+          <t>Dosent</t>
+        </is>
+      </c>
+      <c r="I202" t="inlineStr"/>
+      <c r="J202" t="inlineStr">
+        <is>
+          <t>Enerji təhlükəsizliyi siyasəti və gürcüstanşünaslıq</t>
+        </is>
+      </c>
+      <c r="K202" t="inlineStr">
+        <is>
+          <t>Baş elmi işçi</t>
+        </is>
+      </c>
+      <c r="L202" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M202" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N202" t="inlineStr"/>
+      <c r="O202" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=_tEgeT0AAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/ADF-2710-2022'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Ramile-Dadashova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/RamileDada%C5%9Fova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2376-5941'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="n">
+        <v>2446</v>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>Südabə</t>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <t>Növruzəli qızı</t>
+        </is>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>Hüseynova</t>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F203" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G203" t="inlineStr">
+        <is>
+          <t>psixologiya üzrə fəlsəfə doktoru</t>
+        </is>
+      </c>
+      <c r="H203" t="inlineStr">
+        <is>
+          <t>Dosent</t>
+        </is>
+      </c>
+      <c r="I203" t="inlineStr"/>
+      <c r="J203" t="inlineStr">
+        <is>
+          <t>Qərbi Azərbaycana qayıdış siyasəti və ermənişünaslıq</t>
+        </is>
+      </c>
+      <c r="K203" t="inlineStr">
+        <is>
+          <t>Aparıcı elmi işçi</t>
+        </is>
+      </c>
+      <c r="L203" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M203" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N203" t="inlineStr"/>
+      <c r="O203" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=tR0BGm0AAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Suedab-Hueseynova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/S%C3%BCdab%C9%99H%C3%BCseynova'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-7730-5094'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="n">
+        <v>2447</v>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>Xuraman</t>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <t>Heydər qızı</t>
+        </is>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <t>Hüseynova</t>
+        </is>
+      </c>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F204" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr"/>
+      <c r="H204" t="inlineStr"/>
+      <c r="I204" t="inlineStr"/>
+      <c r="J204" t="inlineStr">
+        <is>
+          <t>Qərbi Azərbaycana qayıdış siyasəti və ermənişünaslıq</t>
+        </is>
+      </c>
+      <c r="K204" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="L204" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M204" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N204" t="inlineStr"/>
+      <c r="O204" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=oLj1A9gAAAAJ&amp;hl=en'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="n">
+        <v>2450</v>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>Nigar</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>Mehman qızı</t>
+        </is>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <t>Mustafayeva</t>
+        </is>
+      </c>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F205" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G205" t="inlineStr"/>
+      <c r="H205" t="inlineStr"/>
+      <c r="I205" t="inlineStr"/>
+      <c r="J205" t="inlineStr">
+        <is>
+          <t>Qərbi Azərbaycana qayıdış siyasəti və ermənişünaslıq</t>
+        </is>
+      </c>
+      <c r="K205" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="L205" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M205" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N205" t="inlineStr"/>
+      <c r="O205" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=AS6df9IAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/NigarHasanova19'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-6114-193X'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="n">
+        <v>2452</v>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>Samirə</t>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <t>İlham qızı</t>
+        </is>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <t>Həbibbəyli</t>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F206" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr">
+        <is>
+          <t>siyasi elmlər üzrə fəlsəfə doktoru</t>
+        </is>
+      </c>
+      <c r="H206" t="inlineStr">
+        <is>
+          <t>Dosent</t>
+        </is>
+      </c>
+      <c r="I206" t="inlineStr"/>
+      <c r="J206" t="inlineStr">
+        <is>
+          <t>Enerji təhlükəsizliyi siyasəti və gürcüstanşünaslıq</t>
+        </is>
+      </c>
+      <c r="K206" t="inlineStr">
+        <is>
+          <t>şöbə müdiri</t>
+        </is>
+      </c>
+      <c r="L206" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M206" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N206" t="inlineStr"/>
+      <c r="O206" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=lDJsMfIAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Samira-Habibbayli'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/SAMIRAHABIBBAYLI'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-0240-8814'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2452/10/#ameadergipark'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="n">
+        <v>2454</v>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>Naziyə</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <t>Əmirxan qızı</t>
+        </is>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <t>Məmmədova</t>
+        </is>
+      </c>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F207" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr"/>
+      <c r="H207" t="inlineStr"/>
+      <c r="I207" t="inlineStr"/>
+      <c r="J207" t="inlineStr">
+        <is>
+          <t>Enerji təhlükəsizliyi siyasəti və gürcüstanşünaslıq</t>
+        </is>
+      </c>
+      <c r="K207" t="inlineStr">
+        <is>
+          <t>Böyük elmi işçi</t>
+        </is>
+      </c>
+      <c r="L207" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M207" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N207" t="inlineStr"/>
+      <c r="O207" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=RTzVdDIAAAAJ&amp;hl=en'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Nazia-Mamedova'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/НазияМамедова'}, {'platform_name': 'TÜBITAK DergiPark', 'platform_logo': '/media/platform_logos/DP.PNG', 'url': 'https://dergipark.org.tr/tr/pub/@naziya'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-8594-6510'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="n">
+        <v>2457</v>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>Badam</t>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr">
+        <is>
+          <t>Sahib qızı</t>
+        </is>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <t>Məmmədova</t>
+        </is>
+      </c>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F208" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr"/>
+      <c r="H208" t="inlineStr"/>
+      <c r="I208" t="inlineStr"/>
+      <c r="J208" t="inlineStr">
+        <is>
+          <t>Enerji təhlükəsizliyi siyasəti və gürcüstanşünaslıq</t>
+        </is>
+      </c>
+      <c r="K208" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="L208" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M208" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N208" t="inlineStr"/>
+      <c r="O208" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=XktdEXoAAAAJ&amp;hl=en'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://independent.academia.edu/MamedovaBadam'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0002-2269-0263'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="n">
+        <v>2458</v>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>Vahid</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>Allahverdi oğlu</t>
+        </is>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <t>Ömərov</t>
+        </is>
+      </c>
+      <c r="E209" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F209" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr">
+        <is>
+          <t>fəlsəfə üzrə fəlsəfə doktoru</t>
+        </is>
+      </c>
+      <c r="H209" t="inlineStr">
+        <is>
+          <t>Dosent</t>
+        </is>
+      </c>
+      <c r="I209" t="inlineStr"/>
+      <c r="J209" t="inlineStr">
+        <is>
+          <t>Enerji təhlükəsizliyi siyasəti və gürcüstanşünaslıq</t>
+        </is>
+      </c>
+      <c r="K209" t="inlineStr">
+        <is>
+          <t>Aparıcı elmi işçi</t>
+        </is>
+      </c>
+      <c r="L209" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M209" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N209" t="inlineStr"/>
+      <c r="O209" t="inlineStr">
+        <is>
+          <t>[{'platform_name': 'Google Scholar', 'platform_logo': '/media/platform_logos/Google_Scholar_logo.svg.png', 'url': 'https://scholar.google.com/citations?user=SGgBd6UAAAAJ&amp;hl=en'}, {'platform_name': 'Web of Science', 'platform_logo': '/media/platform_logos/WOS.PNG', 'url': 'https://www.webofscience.com/wos/author/record/ABH-8069-2022'}, {'platform_name': 'ResearchGate', 'platform_logo': '/media/platform_logos/ResearchGate_icon_SVG.svg.png', 'url': 'https://www.researchgate.net/profile/Vahid-Omarov-2'}, {'platform_name': 'Academia.edu', 'platform_logo': '/media/platform_logos/Academia-logo-2021.svg.png', 'url': 'https://science.academia.edu/VahidOmarov'}, {'platform_name': 'TÜBITAK DergiPark', 'platform_logo': '/media/platform_logos/DP.PNG', 'url': 'https://dergipark.org.tr/tr/pub/@vahidomarov'}, {'platform_name': 'Orcid', 'platform_logo': '/media/platform_logos/ORCID_iD.svg.png', 'url': 'https://orcid.org/0000-0001-6872-8952'}, {'platform_name': 'AMEA DərgiPark', 'platform_logo': '/media/platform_logos/dp_Nb4RwqU.PNG', 'url': 'https://iremb.anas.az/users_profile/2458/10/#ameadergipark'}]</t>
+        </is>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="n">
+        <v>2459</v>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>Ətrabə</t>
+        </is>
+      </c>
+      <c r="C210" t="inlineStr">
+        <is>
+          <t>Bilal qızı</t>
+        </is>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <t>Abbasova</t>
+        </is>
+      </c>
+      <c r="E210" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F210" t="inlineStr">
+        <is>
+          <t>İşçi</t>
+        </is>
+      </c>
+      <c r="G210" t="inlineStr"/>
+      <c r="H210" t="inlineStr"/>
+      <c r="I210" s="2" t="n">
+        <v>26252</v>
+      </c>
+      <c r="J210" t="inlineStr">
+        <is>
+          <t>Beynəlxalq əlaqələr şöbəsi</t>
+        </is>
+      </c>
+      <c r="K210" t="inlineStr">
+        <is>
+          <t>Baş mütəxəssis</t>
+        </is>
+      </c>
+      <c r="L210" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M210" s="2" t="n">
+        <v>45987</v>
+      </c>
+      <c r="N210" t="inlineStr"/>
+      <c r="O210" t="inlineStr">
+        <is>
+          <t>[]</t>
+        </is>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="n">
+        <v>2461</v>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>Oktay</t>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <t>Cabbar oğlu</t>
+        </is>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <t>Qarazadə</t>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F211" t="inlineStr">
+        <is>
+          <t>İşçi</t>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr"/>
+      <c r="H211" t="inlineStr"/>
+      <c r="I211" s="2" t="n">
+        <v>36078</v>
+      </c>
+      <c r="J211" t="inlineStr">
+        <is>
+          <t>Qərbi Azərbaycana qayıdış siyasəti və ermənişünaslıq</t>
+        </is>
+      </c>
+      <c r="K211" t="inlineStr">
+        <is>
+          <t>Baş mütəxəssis</t>
+        </is>
+      </c>
+      <c r="L211" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M211" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N211" t="inlineStr"/>
+      <c r="O211" t="inlineStr">
+        <is>
+          <t>[]</t>
+        </is>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="n">
+        <v>3194</v>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>Aysel</t>
+        </is>
+      </c>
+      <c r="C212" t="inlineStr">
+        <is>
+          <t>Bulud qızı</t>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr">
+        <is>
+          <t>İbrahim</t>
+        </is>
+      </c>
+      <c r="E212" t="inlineStr">
+        <is>
+          <t>İşləyir</t>
+        </is>
+      </c>
+      <c r="F212" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr"/>
+      <c r="H212" t="inlineStr"/>
+      <c r="I212" t="inlineStr"/>
+      <c r="J212" t="inlineStr">
+        <is>
+          <t>Qərbi Azərbaycana qayıdış siyasəti və ermənişünaslıq</t>
+        </is>
+      </c>
+      <c r="K212" t="inlineStr">
+        <is>
+          <t>Elmi işçi</t>
+        </is>
+      </c>
+      <c r="L212" t="inlineStr">
+        <is>
+          <t>Fəlsəfə və Sosiologiya İnstitutu</t>
+        </is>
+      </c>
+      <c r="M212" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="N212" t="inlineStr"/>
+      <c r="O212" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>